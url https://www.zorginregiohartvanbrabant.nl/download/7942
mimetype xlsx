--- v0 (2025-11-29)
+++ v1 (2026-01-28)
@@ -1,116 +1,119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\tilburgcity.loc\Afdeling\Vertrouwelijk\TBDVL\KM MO\JEUGD\Productenboek en codes\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://tilburg.sharepoint.com/sites/TB-PRC-DVL_CMCB-CBJeugd/Gedeelde documenten/02 CB Jeugd/NGZ/NGZ Formulier/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CEC77114-285F-4FC3-95D4-1A6CC537BB86}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{6513F30B-C5DB-4596-AF1F-4587EDD89BE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{041FE3F8-2D63-4769-910D-51A9E0E3B044}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{041FE3F8-2D63-4769-910D-51A9E0E3B044}"/>
   </bookViews>
   <sheets>
     <sheet name="NGZ formulier" sheetId="1" r:id="rId1"/>
     <sheet name="Referentie" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'NGZ formulier'!$B$2:$D$119</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C68" i="1" l="1"/>
+  <c r="C79" i="1" l="1"/>
+  <c r="C82" i="1"/>
+  <c r="C68" i="1"/>
   <c r="C60" i="1"/>
   <c r="C54" i="1"/>
   <c r="A12" i="2"/>
   <c r="A11" i="2"/>
   <c r="A10" i="2"/>
   <c r="A4" i="2"/>
   <c r="B111" i="1"/>
   <c r="C65" i="1"/>
   <c r="T4" i="2" a="1"/>
   <c r="T4" i="2" s="1"/>
   <c r="C61" i="1"/>
   <c r="C75" i="1"/>
   <c r="C51" i="1"/>
-  <c r="C82" i="1"/>
-  <c r="C79" i="1"/>
   <c r="B110" i="1"/>
   <c r="C83" i="1" l="1"/>
   <c r="C84" i="1"/>
   <c r="C85" i="1"/>
   <c r="A13" i="2" s="1"/>
   <c r="A14" i="2" s="1"/>
-  <c r="C86" i="1"/>
   <c r="A3" i="2"/>
   <c r="A2" i="2"/>
   <c r="A5" i="2" l="1"/>
   <c r="A6" i="2" s="1"/>
   <c r="C74" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Vermeulen, Twan</author>
   </authors>
   <commentList>
     <comment ref="B44" authorId="0" shapeId="0" xr:uid="{14B129F8-EDBD-4CA9-A49A-FDF88A9B5BE3}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t>Graag met namen en afdelingen. Bijv. Kwaliteit SenO</t>
@@ -541,56 +544,50 @@
   <si>
     <t>Dag</t>
   </si>
   <si>
     <t>Maand</t>
   </si>
   <si>
     <t>Referentienummer aanbieder (indien bekend)</t>
   </si>
   <si>
     <t>Volume binnen looptijd</t>
   </si>
   <si>
     <t>Week</t>
   </si>
   <si>
     <t>Looptijd</t>
   </si>
   <si>
     <t xml:space="preserve">Bankbewijs meegestuurd </t>
   </si>
   <si>
     <t>Werkzaam bij</t>
   </si>
   <si>
-    <t>ZMTW1</t>
-[...4 lines deleted...]
-  <si>
     <t>Ja</t>
   </si>
   <si>
     <t>Nee, stuur dan een bankbewijs mee</t>
   </si>
   <si>
     <t>Verwijzer</t>
   </si>
   <si>
     <t>Jeugdreclassering</t>
   </si>
   <si>
     <t>Voogdij: outputgericht</t>
   </si>
   <si>
     <t>Jeugdbescherming</t>
   </si>
   <si>
     <t>Formule product 1</t>
   </si>
   <si>
     <t>Formule product 2</t>
   </si>
   <si>
     <t>Jeugdreclassering: outputgericht landelijk werkende GI's</t>
@@ -908,62 +905,68 @@
         <i/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">* Een maatregel wordt toegekend op 1 stuks (output) per maand, behalve 47B11 en 49B07. Deze worden toegekend in euro's totaal duur. 
 * Tarieven zijn conform de landelijke basistarieven, 2025. Toewijzing die doorlopen vanuit of naar andere jaren hebben per jaar een ander tarief
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
-    <t>Versie april 2025</t>
+    <t>NGZ23</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NGZ Zak- en kleedgeld </t>
+  </si>
+  <si>
+    <t>Versie december 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_ &quot;€&quot;\ * #,##0.00_ ;_ &quot;€&quot;\ * \-#,##0.00_ ;_ &quot;€&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="&quot;€&quot;\ #,##0.00"/>
   </numFmts>
-  <fonts count="17" x14ac:knownFonts="1">
+  <fonts count="18" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -1043,50 +1046,56 @@
       <sz val="10"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE62282"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1271,311 +1280,300 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="88">
+  <cellXfs count="82">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="13" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyProtection="1">
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment wrapText="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="4" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="4" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+      <protection locked="0" hidden="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection hidden="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-      <protection hidden="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
-    </xf>
-[...135 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
     <cellStyle name="Valuta" xfId="1" builtinId="4"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF0070C0"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor theme="0"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF0070C0"/>
@@ -1628,51 +1626,51 @@
       <fill>
         <patternFill>
           <bgColor rgb="FF0070C0"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFE62282"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Thema">
   <a:themeElements>
     <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1939,1081 +1937,1073 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BC3F49DF-2C24-4104-850B-DBBA27B8E869}">
   <dimension ref="A1:E120"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C7" sqref="C7:D7"/>
+      <selection activeCell="C64" sqref="C64:D64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="11" customWidth="1"/>
     <col min="2" max="2" width="58.28515625" customWidth="1"/>
     <col min="3" max="3" width="28.7109375" customWidth="1"/>
     <col min="4" max="4" width="8.85546875" customWidth="1"/>
-    <col min="5" max="5" width="3.28515625" style="25" customWidth="1"/>
+    <col min="5" max="5" width="3.28515625" customWidth="1"/>
     <col min="6" max="16384" width="8.85546875" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:4" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:4" ht="26.25" x14ac:dyDescent="0.4">
-      <c r="B2" s="17" t="s">
+      <c r="B2" s="16" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="18"/>
-      <c r="D2" s="19"/>
+      <c r="C2" s="17"/>
+      <c r="D2" s="18"/>
     </row>
     <row r="3" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B3" s="14" t="s">
+      <c r="B3" s="13" t="s">
         <v>201</v>
       </c>
-      <c r="C3" s="15"/>
-      <c r="D3" s="16"/>
+      <c r="C3" s="14"/>
+      <c r="D3" s="15"/>
     </row>
     <row r="4" spans="2:4" ht="102.6" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="78" t="s">
-[...3 lines deleted...]
-      <c r="D4" s="80"/>
+      <c r="B4" s="38" t="s">
+        <v>143</v>
+      </c>
+      <c r="C4" s="39"/>
+      <c r="D4" s="40"/>
     </row>
     <row r="5" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B5" s="11"/>
       <c r="C5" s="11"/>
       <c r="D5" s="11"/>
     </row>
     <row r="6" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B6" s="54" t="s">
+      <c r="B6" s="50" t="s">
         <v>1</v>
       </c>
-      <c r="C6" s="55"/>
-      <c r="D6" s="56"/>
+      <c r="C6" s="51"/>
+      <c r="D6" s="52"/>
     </row>
     <row r="7" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B7" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C7" s="52"/>
-      <c r="D7" s="52"/>
+      <c r="C7" s="49"/>
+      <c r="D7" s="49"/>
     </row>
     <row r="8" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C8" s="52"/>
-      <c r="D8" s="52"/>
+      <c r="C8" s="49"/>
+      <c r="D8" s="49"/>
     </row>
     <row r="9" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B9" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="C9" s="52"/>
-      <c r="D9" s="52"/>
+      <c r="C9" s="49"/>
+      <c r="D9" s="49"/>
     </row>
     <row r="10" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B10" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="C10" s="52"/>
-      <c r="D10" s="52"/>
+      <c r="C10" s="49"/>
+      <c r="D10" s="49"/>
     </row>
     <row r="11" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B11" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="C11" s="52"/>
-      <c r="D11" s="52"/>
+      <c r="C11" s="49"/>
+      <c r="D11" s="49"/>
     </row>
     <row r="12" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B12" s="8" t="s">
         <v>84</v>
       </c>
-      <c r="C12" s="52"/>
-      <c r="D12" s="52"/>
+      <c r="C12" s="49"/>
+      <c r="D12" s="49"/>
     </row>
     <row r="13" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B13" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="C13" s="52"/>
-      <c r="D13" s="52"/>
+      <c r="C13" s="49"/>
+      <c r="D13" s="49"/>
     </row>
     <row r="14" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B14" s="54" t="s">
-[...3 lines deleted...]
-      <c r="D14" s="56"/>
+      <c r="B14" s="50" t="s">
+        <v>132</v>
+      </c>
+      <c r="C14" s="51"/>
+      <c r="D14" s="52"/>
     </row>
     <row r="15" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B15" s="8" t="s">
         <v>83</v>
       </c>
-      <c r="C15" s="52"/>
-      <c r="D15" s="52"/>
+      <c r="C15" s="49"/>
+      <c r="D15" s="49"/>
     </row>
     <row r="16" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B16" s="8" t="s">
         <v>79</v>
       </c>
-      <c r="C16" s="52"/>
-      <c r="D16" s="52"/>
+      <c r="C16" s="49"/>
+      <c r="D16" s="49"/>
     </row>
     <row r="17" spans="2:4" ht="28.15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B17" s="70" t="s">
-[...3 lines deleted...]
-      <c r="D17" s="70"/>
+      <c r="B17" s="59" t="s">
+        <v>173</v>
+      </c>
+      <c r="C17" s="59"/>
+      <c r="D17" s="59"/>
     </row>
     <row r="18" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B18" s="7" t="s">
         <v>111</v>
       </c>
-      <c r="C18" s="52"/>
-      <c r="D18" s="52"/>
+      <c r="C18" s="49"/>
+      <c r="D18" s="49"/>
     </row>
     <row r="19" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B19" s="7" t="s">
         <v>102</v>
       </c>
-      <c r="C19" s="52"/>
-      <c r="D19" s="52"/>
+      <c r="C19" s="49"/>
+      <c r="D19" s="49"/>
     </row>
     <row r="20" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B20" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="C20" s="52"/>
-      <c r="D20" s="52"/>
+      <c r="C20" s="49"/>
+      <c r="D20" s="49"/>
     </row>
     <row r="21" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B21" s="7" t="s">
         <v>129</v>
       </c>
-      <c r="C21" s="52"/>
-      <c r="D21" s="52"/>
+      <c r="C21" s="49"/>
+      <c r="D21" s="49"/>
     </row>
     <row r="22" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B22" s="37" t="s">
-[...3 lines deleted...]
-      <c r="D22" s="43"/>
+      <c r="B22" s="33" t="s">
+        <v>182</v>
+      </c>
+      <c r="C22" s="66"/>
+      <c r="D22" s="67"/>
     </row>
     <row r="23" spans="2:4" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B23" s="81" t="s">
-[...3 lines deleted...]
-      <c r="D23" s="83"/>
+      <c r="B23" s="41" t="s">
+        <v>172</v>
+      </c>
+      <c r="C23" s="42"/>
+      <c r="D23" s="43"/>
     </row>
     <row r="24" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B24" s="46" t="s">
+      <c r="B24" s="79" t="s">
         <v>90</v>
       </c>
-      <c r="C24" s="47"/>
-      <c r="D24" s="48"/>
+      <c r="C24" s="80"/>
+      <c r="D24" s="81"/>
     </row>
     <row r="25" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B25" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C25" s="52"/>
-      <c r="D25" s="52"/>
+      <c r="C25" s="49"/>
+      <c r="D25" s="49"/>
     </row>
     <row r="26" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B26" s="8" t="s">
         <v>85</v>
       </c>
-      <c r="C26" s="52"/>
-      <c r="D26" s="52"/>
+      <c r="C26" s="49"/>
+      <c r="D26" s="49"/>
     </row>
     <row r="27" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B27" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C27" s="52"/>
-      <c r="D27" s="52"/>
+      <c r="C27" s="49"/>
+      <c r="D27" s="49"/>
     </row>
     <row r="28" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B28" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="C28" s="52"/>
-      <c r="D28" s="52"/>
+      <c r="C28" s="49"/>
+      <c r="D28" s="49"/>
     </row>
     <row r="29" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B29" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="C29" s="52"/>
-      <c r="D29" s="52"/>
+      <c r="C29" s="49"/>
+      <c r="D29" s="49"/>
     </row>
     <row r="30" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B30" s="8" t="s">
         <v>84</v>
       </c>
-      <c r="C30" s="52"/>
-      <c r="D30" s="52"/>
+      <c r="C30" s="49"/>
+      <c r="D30" s="49"/>
     </row>
     <row r="31" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B31" s="46" t="s">
+      <c r="B31" s="79" t="s">
         <v>89</v>
       </c>
-      <c r="C31" s="47"/>
-      <c r="D31" s="48"/>
+      <c r="C31" s="80"/>
+      <c r="D31" s="81"/>
     </row>
     <row r="32" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B32" s="8" t="s">
         <v>2</v>
       </c>
-      <c r="C32" s="52"/>
-[...2 lines deleted...]
-    <row r="33" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C32" s="49"/>
+      <c r="D32" s="49"/>
+    </row>
+    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B33" s="8" t="s">
         <v>85</v>
       </c>
-      <c r="C33" s="52"/>
-[...2 lines deleted...]
-    <row r="34" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C33" s="49"/>
+      <c r="D33" s="49"/>
+    </row>
+    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B34" s="8" t="s">
         <v>3</v>
       </c>
-      <c r="C34" s="52"/>
-[...2 lines deleted...]
-    <row r="35" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C34" s="49"/>
+      <c r="D34" s="49"/>
+    </row>
+    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B35" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="C35" s="52"/>
-[...2 lines deleted...]
-    <row r="36" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C35" s="49"/>
+      <c r="D35" s="49"/>
+    </row>
+    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B36" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="C36" s="52"/>
-[...2 lines deleted...]
-    <row r="37" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C36" s="49"/>
+      <c r="D36" s="49"/>
+    </row>
+    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B37" s="8" t="s">
         <v>84</v>
       </c>
-      <c r="C37" s="52"/>
-[...9 lines deleted...]
-    <row r="39" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C37" s="49"/>
+      <c r="D37" s="49"/>
+    </row>
+    <row r="38" spans="2:4" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B38" s="44" t="s">
+        <v>171</v>
+      </c>
+      <c r="C38" s="45"/>
+      <c r="D38" s="46"/>
+    </row>
+    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B39" s="8" t="s">
         <v>95</v>
       </c>
-      <c r="C39" s="61"/>
-[...2 lines deleted...]
-    <row r="40" spans="2:5" x14ac:dyDescent="0.25">
+      <c r="C39" s="77"/>
+      <c r="D39" s="77"/>
+    </row>
+    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B40" s="8" t="s">
+        <v>162</v>
+      </c>
+      <c r="C40" s="55"/>
+      <c r="D40" s="55"/>
+    </row>
+    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B41" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="C41" s="66"/>
+      <c r="D41" s="67"/>
+    </row>
+    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B42" s="8" t="s">
         <v>164</v>
       </c>
-      <c r="C40" s="62"/>
-[...3 lines deleted...]
-      <c r="B41" s="8" t="s">
+      <c r="C42" s="55"/>
+      <c r="D42" s="55"/>
+    </row>
+    <row r="43" spans="2:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="B43" s="29" t="s">
         <v>165</v>
       </c>
-      <c r="C41" s="42"/>
-[...3 lines deleted...]
-      <c r="B42" s="8" t="s">
+      <c r="C43" s="55"/>
+      <c r="D43" s="55"/>
+    </row>
+    <row r="44" spans="2:4" ht="30" x14ac:dyDescent="0.25">
+      <c r="B44" s="29" t="s">
         <v>166</v>
       </c>
-      <c r="C42" s="62"/>
-[...16 lines deleted...]
-    <row r="45" spans="2:5" ht="67.150000000000006" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C44" s="55"/>
+      <c r="D44" s="55"/>
+    </row>
+    <row r="45" spans="2:4" ht="67.150000000000006" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B45" s="8" t="s">
         <v>115</v>
       </c>
-      <c r="C45" s="62"/>
-[...2 lines deleted...]
-    <row r="46" spans="2:5" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C45" s="55"/>
+      <c r="D45" s="55"/>
+    </row>
+    <row r="46" spans="2:4" ht="33" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B46" s="7" t="s">
         <v>94</v>
       </c>
-      <c r="C46" s="62"/>
-[...24 lines deleted...]
-    <row r="50" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C46" s="55"/>
+      <c r="D46" s="55"/>
+    </row>
+    <row r="47" spans="2:4" ht="46.9" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="28" t="s">
+        <v>160</v>
+      </c>
+      <c r="C47" s="49"/>
+      <c r="D47" s="49"/>
+    </row>
+    <row r="48" spans="2:4" ht="84" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B48" s="62" t="s">
+        <v>169</v>
+      </c>
+      <c r="C48" s="62"/>
+      <c r="D48" s="62"/>
+    </row>
+    <row r="49" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B49" s="79" t="s">
+        <v>152</v>
+      </c>
+      <c r="C49" s="80"/>
+      <c r="D49" s="81"/>
+    </row>
+    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B50" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="C50" s="49"/>
-[...3 lines deleted...]
-      <c r="B51" s="13" t="s">
+      <c r="C50" s="60"/>
+      <c r="D50" s="60"/>
+    </row>
+    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B51" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="C51" s="50" t="str">
+      <c r="C51" s="56" t="str">
         <f>IF((C50=""),"",VLOOKUP('NGZ formulier'!C50,Referentie!G:H,2,0))</f>
         <v/>
       </c>
-      <c r="D51" s="50"/>
-[...1 lines deleted...]
-    <row r="52" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="D51" s="56"/>
+    </row>
+    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B52" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="C52" s="51"/>
-[...2 lines deleted...]
-    <row r="53" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C52" s="61"/>
+      <c r="D52" s="49"/>
+    </row>
+    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B53" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="C53" s="51"/>
-[...3 lines deleted...]
-      <c r="B54" s="13" t="s">
+      <c r="C53" s="61"/>
+      <c r="D53" s="49"/>
+    </row>
+    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B54" s="7" t="s">
         <v>127</v>
       </c>
-      <c r="C54" s="50" t="str">
+      <c r="C54" s="56" t="str">
         <f>IF((C53=""),"",(C53-C52)+1)</f>
         <v/>
       </c>
-      <c r="D54" s="50"/>
-[...1 lines deleted...]
-    <row r="55" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="D54" s="56"/>
+    </row>
+    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B55" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="C55" s="52"/>
-[...2 lines deleted...]
-    <row r="56" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C55" s="49"/>
+      <c r="D55" s="49"/>
+    </row>
+    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B56" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="C56" s="52"/>
-[...2 lines deleted...]
-    <row r="57" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C56" s="49"/>
+      <c r="D56" s="49"/>
+    </row>
+    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B57" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="C57" s="52"/>
-[...2 lines deleted...]
-    <row r="58" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C57" s="49"/>
+      <c r="D57" s="49"/>
+    </row>
+    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B58" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="C58" s="63"/>
-[...12 lines deleted...]
-      <c r="B60" s="13" t="s">
+      <c r="C58" s="78"/>
+      <c r="D58" s="78"/>
+    </row>
+    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B59" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="C59" s="78"/>
+      <c r="D59" s="78"/>
+    </row>
+    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B60" s="7" t="s">
         <v>125</v>
       </c>
-      <c r="C60" s="50" t="str">
+      <c r="C60" s="56" t="str">
         <f>IF((C57=""),"",ROUNDUP(Referentie!$A$14,0))</f>
         <v/>
       </c>
-      <c r="D60" s="50"/>
-[...2 lines deleted...]
-      <c r="B61" s="13" t="s">
+      <c r="D60" s="56"/>
+    </row>
+    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B61" s="7" t="s">
         <v>120</v>
       </c>
-      <c r="C61" s="59" t="str">
+      <c r="C61" s="53" t="str">
         <f>IF((C58=""),"",C60*C58)</f>
         <v/>
       </c>
-      <c r="D61" s="60"/>
-[...2 lines deleted...]
-      <c r="B62" s="29" t="s">
+      <c r="D61" s="54"/>
+    </row>
+    <row r="62" spans="2:4" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B62" s="27" t="s">
+        <v>147</v>
+      </c>
+      <c r="C62" s="55"/>
+      <c r="D62" s="55"/>
+    </row>
+    <row r="63" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B63" s="79" t="s">
         <v>149</v>
       </c>
-      <c r="C62" s="62"/>
-[...9 lines deleted...]
-    <row r="64" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C63" s="80"/>
+      <c r="D63" s="81"/>
+    </row>
+    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B64" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="C64" s="49"/>
-[...3 lines deleted...]
-      <c r="B65" s="13" t="s">
+      <c r="C64" s="60"/>
+      <c r="D64" s="60"/>
+    </row>
+    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B65" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="C65" s="50" t="str">
+      <c r="C65" s="56" t="str">
         <f>IF((C64=""),"",VLOOKUP('NGZ formulier'!C64,Referentie!G:H,2,0))</f>
         <v/>
       </c>
-      <c r="D65" s="50"/>
-[...1 lines deleted...]
-    <row r="66" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="D65" s="56"/>
+    </row>
+    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B66" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="C66" s="51"/>
-[...2 lines deleted...]
-    <row r="67" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C66" s="61"/>
+      <c r="D66" s="49"/>
+    </row>
+    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B67" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="C67" s="51"/>
-[...3 lines deleted...]
-      <c r="B68" s="13" t="s">
+      <c r="C67" s="61"/>
+      <c r="D67" s="49"/>
+    </row>
+    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B68" s="7" t="s">
         <v>127</v>
       </c>
-      <c r="C68" s="50" t="str">
+      <c r="C68" s="56" t="str">
         <f>IF((C67=""),"",(C67-C66)+1)</f>
         <v/>
       </c>
-      <c r="D68" s="50"/>
-[...1 lines deleted...]
-    <row r="69" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="D68" s="56"/>
+    </row>
+    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B69" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="C69" s="52"/>
-[...2 lines deleted...]
-    <row r="70" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C69" s="49"/>
+      <c r="D69" s="49"/>
+    </row>
+    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B70" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="C70" s="52"/>
-[...2 lines deleted...]
-    <row r="71" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C70" s="49"/>
+      <c r="D70" s="49"/>
+    </row>
+    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B71" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="C71" s="52"/>
-[...2 lines deleted...]
-    <row r="72" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="C71" s="49"/>
+      <c r="D71" s="49"/>
+    </row>
+    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B72" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="C72" s="63"/>
-[...12 lines deleted...]
-      <c r="B74" s="13" t="s">
+      <c r="C72" s="78"/>
+      <c r="D72" s="78"/>
+    </row>
+    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B73" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="C73" s="78"/>
+      <c r="D73" s="78"/>
+    </row>
+    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B74" s="7" t="s">
         <v>125</v>
       </c>
-      <c r="C74" s="50" t="str">
+      <c r="C74" s="56" t="str">
         <f>IF((C71=""),"",ROUNDUP(Referentie!$A$6,0))</f>
         <v/>
       </c>
-      <c r="D74" s="50"/>
-[...2 lines deleted...]
-      <c r="B75" s="13" t="s">
+      <c r="D74" s="56"/>
+    </row>
+    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B75" s="7" t="s">
         <v>120</v>
       </c>
-      <c r="C75" s="59" t="str">
+      <c r="C75" s="53" t="str">
         <f>IF((C72=""),"",C74*C72)</f>
         <v/>
       </c>
-      <c r="D75" s="60"/>
-[...15 lines deleted...]
-    <row r="78" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="D75" s="54"/>
+    </row>
+    <row r="76" spans="2:4" ht="60.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B76" s="27" t="s">
+        <v>148</v>
+      </c>
+      <c r="C76" s="55"/>
+      <c r="D76" s="55"/>
+    </row>
+    <row r="77" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B77" s="79" t="s">
+        <v>170</v>
+      </c>
+      <c r="C77" s="80"/>
+      <c r="D77" s="81"/>
+    </row>
+    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B78" s="7" t="s">
         <v>97</v>
       </c>
-      <c r="C78" s="52"/>
-[...3 lines deleted...]
-      <c r="B79" s="13" t="s">
+      <c r="C78" s="49"/>
+      <c r="D78" s="49"/>
+    </row>
+    <row r="79" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B79" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="C79" s="50" t="str">
+      <c r="C79" s="56" t="str">
         <f>IF((C78=""),"",VLOOKUP('NGZ formulier'!C78,Referentie!G:H,2,0))</f>
         <v/>
       </c>
-      <c r="D79" s="50"/>
-[...1 lines deleted...]
-    <row r="80" spans="1:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D79" s="56"/>
+    </row>
+    <row r="80" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B80" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="C80" s="51"/>
-      <c r="D80" s="52"/>
+      <c r="C80" s="61"/>
+      <c r="D80" s="49"/>
     </row>
     <row r="81" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B81" s="7" t="s">
         <v>99</v>
       </c>
-      <c r="C81" s="51"/>
-      <c r="D81" s="52"/>
+      <c r="C81" s="61"/>
+      <c r="D81" s="49"/>
     </row>
     <row r="82" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B82" s="13" t="s">
+      <c r="B82" s="7" t="s">
         <v>127</v>
       </c>
-      <c r="C82" s="66" t="str">
-        <f>IF((C80=""),"",(C81-C80)+1)</f>
+      <c r="C82" s="65" t="str">
+        <f>IF((C81=""),"",(C81-C80)+1)</f>
         <v/>
       </c>
-      <c r="D82" s="66"/>
+      <c r="D82" s="65"/>
     </row>
     <row r="83" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B83" s="7" t="s">
         <v>119</v>
       </c>
-      <c r="C83" s="50" t="str">
+      <c r="C83" s="56" t="str">
         <f>IF((C79=""),"",VLOOKUP(C79,Referentie!H:K,4,0))</f>
         <v/>
       </c>
-      <c r="D83" s="50"/>
+      <c r="D83" s="56"/>
     </row>
     <row r="84" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B84" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="C84" s="50" t="str">
+      <c r="C84" s="56" t="str">
         <f>IF((C79=""),"",VLOOKUP(C79,Referentie!H:O,8,0))</f>
         <v/>
       </c>
-      <c r="D84" s="50"/>
+      <c r="D84" s="56"/>
     </row>
     <row r="85" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B85" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="C85" s="50" t="str">
+      <c r="C85" s="56" t="str">
         <f>IF((C79=""),"",VLOOKUP(C79,Referentie!H:L,5,0))</f>
         <v/>
       </c>
-      <c r="D85" s="50"/>
+      <c r="D85" s="56"/>
     </row>
     <row r="86" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B86" s="7" t="s">
         <v>116</v>
       </c>
-      <c r="C86" s="68" t="str">
-[...3 lines deleted...]
-      <c r="D86" s="68"/>
+      <c r="C86" s="69"/>
+      <c r="D86" s="69"/>
     </row>
     <row r="87" spans="2:4" ht="70.150000000000006" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B87" s="28" t="s">
-[...3 lines deleted...]
-      <c r="D87" s="62"/>
+      <c r="B87" s="26" t="s">
+        <v>198</v>
+      </c>
+      <c r="C87" s="55"/>
+      <c r="D87" s="55"/>
     </row>
     <row r="88" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B88" s="70" t="s">
-[...3 lines deleted...]
-      <c r="D88" s="70"/>
+      <c r="B88" s="59" t="s">
+        <v>174</v>
+      </c>
+      <c r="C88" s="59"/>
+      <c r="D88" s="59"/>
     </row>
     <row r="89" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B89" s="7" t="s">
         <v>100</v>
       </c>
-      <c r="C89" s="52"/>
-      <c r="D89" s="52"/>
+      <c r="C89" s="49"/>
+      <c r="D89" s="49"/>
     </row>
     <row r="90" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B90" s="7" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-      <c r="D90" s="52"/>
+        <v>153</v>
+      </c>
+      <c r="C90" s="49"/>
+      <c r="D90" s="49"/>
     </row>
     <row r="91" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B91" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="C91" s="52"/>
-      <c r="D91" s="52"/>
+      <c r="C91" s="49"/>
+      <c r="D91" s="49"/>
     </row>
     <row r="92" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B92" s="7" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-      <c r="D92" s="52"/>
+        <v>150</v>
+      </c>
+      <c r="C92" s="49"/>
+      <c r="D92" s="49"/>
     </row>
     <row r="93" spans="2:4" x14ac:dyDescent="0.25">
       <c r="B93" s="7" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-      <c r="D93" s="52"/>
+        <v>154</v>
+      </c>
+      <c r="C93" s="49"/>
+      <c r="D93" s="49"/>
     </row>
     <row r="94" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B94" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="C94" s="52"/>
-      <c r="D94" s="52"/>
+      <c r="C94" s="49"/>
+      <c r="D94" s="49"/>
     </row>
     <row r="95" spans="2:4" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B95" s="7" t="s">
-        <v>169</v>
-[...2 lines deleted...]
-      <c r="D95" s="52"/>
+        <v>167</v>
+      </c>
+      <c r="C95" s="49"/>
+      <c r="D95" s="49"/>
     </row>
     <row r="96" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B96" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="C96" s="52"/>
-      <c r="D96" s="52"/>
+      <c r="C96" s="49"/>
+      <c r="D96" s="49"/>
     </row>
     <row r="97" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B97" s="7" t="s">
         <v>104</v>
       </c>
-      <c r="C97" s="52"/>
-      <c r="D97" s="52"/>
+      <c r="C97" s="49"/>
+      <c r="D97" s="49"/>
     </row>
     <row r="98" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B98" s="7" t="s">
         <v>84</v>
       </c>
-      <c r="C98" s="52"/>
-      <c r="D98" s="52"/>
+      <c r="C98" s="49"/>
+      <c r="D98" s="49"/>
     </row>
     <row r="99" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B99" s="7" t="s">
-        <v>153</v>
-[...2 lines deleted...]
-      <c r="D99" s="52"/>
+        <v>151</v>
+      </c>
+      <c r="C99" s="49"/>
+      <c r="D99" s="49"/>
     </row>
     <row r="100" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B100" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="C100" s="52"/>
-      <c r="D100" s="52"/>
+      <c r="C100" s="49"/>
+      <c r="D100" s="49"/>
     </row>
     <row r="101" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B101" s="7" t="s">
         <v>109</v>
       </c>
-      <c r="C101" s="42"/>
-      <c r="D101" s="43"/>
+      <c r="C101" s="66"/>
+      <c r="D101" s="67"/>
     </row>
     <row r="102" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B102" s="7" t="s">
         <v>110</v>
       </c>
-      <c r="C102" s="42"/>
-      <c r="D102" s="43"/>
+      <c r="C102" s="66"/>
+      <c r="D102" s="67"/>
     </row>
     <row r="103" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B103" s="7" t="s">
         <v>106</v>
       </c>
-      <c r="C103" s="52"/>
-      <c r="D103" s="52"/>
+      <c r="C103" s="49"/>
+      <c r="D103" s="49"/>
     </row>
     <row r="104" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B104" s="7" t="s">
         <v>128</v>
       </c>
-      <c r="C104" s="52"/>
-      <c r="D104" s="52"/>
+      <c r="C104" s="49"/>
+      <c r="D104" s="49"/>
     </row>
     <row r="105" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B105" s="9" t="s">
         <v>107</v>
       </c>
-      <c r="C105" s="67"/>
-      <c r="D105" s="67"/>
+      <c r="C105" s="68"/>
+      <c r="D105" s="68"/>
     </row>
     <row r="106" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B106" s="57" t="s">
-        <v>180</v>
+        <v>178</v>
       </c>
       <c r="C106" s="58"/>
-      <c r="D106" s="24"/>
-      <c r="E106" s="26"/>
+      <c r="D106" s="23"/>
+      <c r="E106" s="24"/>
     </row>
     <row r="107" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B107" s="57" t="s">
-        <v>181</v>
+        <v>179</v>
       </c>
       <c r="C107" s="58"/>
-      <c r="D107" s="24"/>
-      <c r="E107" s="26"/>
+      <c r="D107" s="23"/>
+      <c r="E107" s="24"/>
     </row>
     <row r="108" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B108" s="57" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C108" s="58"/>
-      <c r="D108" s="24"/>
+      <c r="D108" s="23"/>
     </row>
     <row r="109" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B109" s="10" t="s">
         <v>108</v>
       </c>
       <c r="C109" s="71"/>
       <c r="D109" s="72"/>
     </row>
     <row r="110" spans="2:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B110" s="27" t="str">
+      <c r="B110" s="25" t="str">
         <f>IF(OR(D106=Referentie!B2,D107=Referentie!B2,D108=Referentie!B2),"*Als u niet voor bepaald berichten geen gebruik kan maken van het berichtenverkeer kunt u hier een toelichting geven.","")</f>
         <v/>
       </c>
       <c r="C110" s="73"/>
       <c r="D110" s="74"/>
     </row>
     <row r="111" spans="2:5" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B111" s="35" t="str">
+      <c r="B111" s="31" t="str">
         <f>IF(AND(C100&lt;1,C101&lt;1,C102&lt;1),"*Als u niet geregistreerd (AGB/SKJ/BIG) bent, kunt u hier uitleggen waarom een registratie voor de door u te leveren jeugdhulp niet noodzakelijk is.","")</f>
         <v>*Als u niet geregistreerd (AGB/SKJ/BIG) bent, kunt u hier uitleggen waarom een registratie voor de door u te leveren jeugdhulp niet noodzakelijk is.</v>
       </c>
       <c r="C111" s="75"/>
       <c r="D111" s="76"/>
     </row>
     <row r="112" spans="2:5" x14ac:dyDescent="0.25">
-      <c r="B112" s="54" t="s">
-[...3 lines deleted...]
-      <c r="D112" s="56"/>
+      <c r="B112" s="50" t="s">
+        <v>168</v>
+      </c>
+      <c r="C112" s="51"/>
+      <c r="D112" s="52"/>
     </row>
     <row r="113" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B113" s="44" t="s">
+      <c r="B113" s="47" t="s">
+        <v>175</v>
+      </c>
+      <c r="C113" s="48"/>
+      <c r="D113" s="12"/>
+    </row>
+    <row r="114" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B114" s="47" t="s">
         <v>177</v>
       </c>
-      <c r="C113" s="45"/>
-[...6 lines deleted...]
-      <c r="C114" s="45"/>
+      <c r="C114" s="48"/>
       <c r="D114" s="12"/>
     </row>
     <row r="115" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B115" s="44" t="s">
-[...2 lines deleted...]
-      <c r="C115" s="45"/>
+      <c r="B115" s="47" t="s">
+        <v>176</v>
+      </c>
+      <c r="C115" s="48"/>
       <c r="D115" s="12"/>
     </row>
     <row r="116" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B116" s="44" t="s">
-[...2 lines deleted...]
-      <c r="C116" s="45"/>
+      <c r="B116" s="47" t="s">
+        <v>181</v>
+      </c>
+      <c r="C116" s="48"/>
       <c r="D116" s="12"/>
     </row>
     <row r="117" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B117" s="69" t="s">
+      <c r="B117" s="70" t="s">
         <v>112</v>
       </c>
-      <c r="C117" s="70"/>
-      <c r="D117" s="70"/>
+      <c r="C117" s="59"/>
+      <c r="D117" s="59"/>
     </row>
     <row r="118" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B118" s="34" t="s">
+      <c r="B118" s="30" t="s">
         <v>113</v>
       </c>
-      <c r="C118" s="64"/>
-      <c r="D118" s="65"/>
+      <c r="C118" s="63"/>
+      <c r="D118" s="64"/>
     </row>
     <row r="119" spans="2:4" x14ac:dyDescent="0.25">
-      <c r="B119" s="34" t="s">
+      <c r="B119" s="30" t="s">
         <v>124</v>
       </c>
-      <c r="C119" s="64"/>
-      <c r="D119" s="65"/>
+      <c r="C119" s="63"/>
+      <c r="D119" s="64"/>
     </row>
     <row r="120" spans="2:4" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="A4W9BFiCKsT2u/WHkkg4tMFs9t4tfJBg59Ze/rQLaWgxlcchrmmnk4xvtti486Ej0GKqtY6QvWE8HiuwEJg+7A==" saltValue="UzcEree96/SuENH2tZ1alw==" spinCount="100000" sheet="1" formatRows="0" selectLockedCells="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="Qs0k17CzhEQSuFZ1h5jmjtysQwzFjz3F0v9favJ0peg8LW0txAe9DpkTpyD0NmTlgZgovhC/PE6Dq2Mug4C6dQ==" saltValue="Cikd/mGN4V4bb7ejJU3tyA==" spinCount="100000" sheet="1" formatRows="0" selectLockedCells="1"/>
   <protectedRanges>
     <protectedRange sqref="B112:D116 B2:D5 B117:D119 B6:D114" name="Bereik1"/>
   </protectedRanges>
   <mergeCells count="113">
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="B116:C116"/>
+    <mergeCell ref="B49:D49"/>
+    <mergeCell ref="C50:D50"/>
+    <mergeCell ref="C51:D51"/>
+    <mergeCell ref="C52:D52"/>
+    <mergeCell ref="C53:D53"/>
+    <mergeCell ref="C73:D73"/>
+    <mergeCell ref="B14:D14"/>
+    <mergeCell ref="C21:D21"/>
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="C35:D35"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="B31:D31"/>
+    <mergeCell ref="B108:C108"/>
+    <mergeCell ref="B24:D24"/>
+    <mergeCell ref="B63:D63"/>
+    <mergeCell ref="B77:D77"/>
+    <mergeCell ref="C47:D47"/>
+    <mergeCell ref="C74:D74"/>
+    <mergeCell ref="C75:D75"/>
+    <mergeCell ref="C65:D65"/>
+    <mergeCell ref="C39:D39"/>
+    <mergeCell ref="C45:D45"/>
+    <mergeCell ref="C95:D95"/>
+    <mergeCell ref="C96:D96"/>
+    <mergeCell ref="C41:D41"/>
+    <mergeCell ref="C42:D42"/>
+    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="C40:D40"/>
+    <mergeCell ref="C59:D59"/>
+    <mergeCell ref="C90:D90"/>
+    <mergeCell ref="C92:D92"/>
+    <mergeCell ref="C43:D43"/>
+    <mergeCell ref="C72:D72"/>
+    <mergeCell ref="C60:D60"/>
+    <mergeCell ref="C57:D57"/>
+    <mergeCell ref="C58:D58"/>
+    <mergeCell ref="C119:D119"/>
+    <mergeCell ref="C118:D118"/>
+    <mergeCell ref="C78:D78"/>
+    <mergeCell ref="C79:D79"/>
+    <mergeCell ref="C80:D80"/>
+    <mergeCell ref="C81:D81"/>
+    <mergeCell ref="C82:D82"/>
+    <mergeCell ref="C101:D101"/>
+    <mergeCell ref="C102:D102"/>
+    <mergeCell ref="C105:D105"/>
+    <mergeCell ref="C83:D83"/>
+    <mergeCell ref="C84:D84"/>
+    <mergeCell ref="C85:D85"/>
+    <mergeCell ref="C86:D86"/>
+    <mergeCell ref="C99:D99"/>
+    <mergeCell ref="B117:D117"/>
+    <mergeCell ref="C87:D87"/>
+    <mergeCell ref="C93:D93"/>
+    <mergeCell ref="C103:D103"/>
+    <mergeCell ref="C104:D104"/>
+    <mergeCell ref="B88:D88"/>
+    <mergeCell ref="B114:C114"/>
+    <mergeCell ref="C109:D111"/>
+    <mergeCell ref="B106:C106"/>
+    <mergeCell ref="B115:C115"/>
+    <mergeCell ref="C7:D7"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="B17:D17"/>
+    <mergeCell ref="C91:D91"/>
+    <mergeCell ref="C97:D97"/>
+    <mergeCell ref="C98:D98"/>
+    <mergeCell ref="C100:D100"/>
+    <mergeCell ref="C46:D46"/>
+    <mergeCell ref="C64:D64"/>
+    <mergeCell ref="C66:D66"/>
+    <mergeCell ref="C67:D67"/>
+    <mergeCell ref="C68:D68"/>
+    <mergeCell ref="C69:D69"/>
+    <mergeCell ref="C89:D89"/>
+    <mergeCell ref="C76:D76"/>
+    <mergeCell ref="C94:D94"/>
+    <mergeCell ref="C33:D33"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="B48:D48"/>
+    <mergeCell ref="C70:D70"/>
     <mergeCell ref="B4:D4"/>
     <mergeCell ref="B23:D23"/>
     <mergeCell ref="B38:D38"/>
     <mergeCell ref="B113:C113"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="C36:D36"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="C27:D27"/>
     <mergeCell ref="C28:D28"/>
     <mergeCell ref="C29:D29"/>
     <mergeCell ref="C30:D30"/>
     <mergeCell ref="C32:D32"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="B112:D112"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="C71:D71"/>
     <mergeCell ref="C61:D61"/>
     <mergeCell ref="C62:D62"/>
     <mergeCell ref="C54:D54"/>
     <mergeCell ref="C55:D55"/>
     <mergeCell ref="C56:D56"/>
     <mergeCell ref="B107:C107"/>
-    <mergeCell ref="B115:C115"/>
-[...87 lines deleted...]
-    <mergeCell ref="C75:D75"/>
   </mergeCells>
   <conditionalFormatting sqref="C7:C13 C15:C16 C25:C26 C41:C47 C64 C66:C67 C76 C89:C100 C103:C104 D113:D115">
     <cfRule type="containsBlanks" dxfId="9" priority="40">
       <formula>LEN(TRIM(C7))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C18:C20">
     <cfRule type="containsBlanks" dxfId="8" priority="39">
       <formula>LEN(TRIM(C18))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C50 C52:C53 C55:C59 C62">
     <cfRule type="containsBlanks" dxfId="7" priority="14">
       <formula>LEN(TRIM(C50))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C69:C73">
     <cfRule type="containsBlanks" dxfId="6" priority="10">
       <formula>LEN(TRIM(C69))=0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C78 C80:C81 C87">
+  <conditionalFormatting sqref="C78 C80:C81 C86:C87">
     <cfRule type="containsBlanks" dxfId="5" priority="18">
       <formula>LEN(TRIM(C78))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C39:D39">
     <cfRule type="containsBlanks" dxfId="4" priority="41">
       <formula>LEN(TRIM(C39))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D106:D108">
     <cfRule type="containsBlanks" dxfId="2" priority="15">
       <formula>LEN(TRIM(D106))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D116">
     <cfRule type="expression" dxfId="1" priority="1">
       <formula>OR($D$116="Ja ",$D$116="Nee")=TRUE</formula>
     </cfRule>
     <cfRule type="expression" dxfId="0" priority="2">
       <formula>OR($D$51="NGZ03",$D$65="NGZ03",$C$51="NGZ03",$C$65="NGZ03")=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="7">
     <dataValidation operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D29" xr:uid="{6FAD83FA-FB59-4C92-AB9A-CCE397A07161}"/>
     <dataValidation type="date" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8" xr:uid="{996B05F2-3667-4D21-84C9-65465D46AAA5}">
@@ -3075,551 +3065,551 @@
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{97FBA9B2-B1D1-4827-9652-97153F9E719B}">
           <x14:formula1>
             <xm:f>Referentie!$R$1:$R$3</xm:f>
           </x14:formula1>
           <xm:sqref>C26 C33</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{5F3943E3-4E89-4105-B614-CFC17C84BF5D}">
           <x14:formula1>
             <xm:f>Referentie!$P$1:$P$5</xm:f>
           </x14:formula1>
           <xm:sqref>C71 C57</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{ED3B05BF-C7DA-4A24-A315-99096529935B}">
           <x14:formula1>
             <xm:f>Referentie!$O$1:$O$8</xm:f>
           </x14:formula1>
           <xm:sqref>C70:D70 C56:D56</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{BDB03BA3-50C0-4091-863E-D4B6B30682AB}">
           <x14:formula1>
             <xm:f>Referentie!$C$1:$C$2</xm:f>
           </x14:formula1>
           <xm:sqref>C91:D91</xm:sqref>
         </x14:dataValidation>
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{52C8B7DD-E2EC-491C-8022-1D070681618C}">
-[...4 lines deleted...]
-        </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B5F866BF-C628-4451-B08E-A23DD9E2F438}">
           <x14:formula1>
             <xm:f>Referentie!$S$1:$S$4</xm:f>
           </x14:formula1>
           <xm:sqref>C39</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{519BFC8B-7022-49B6-B115-10F073C3514E}">
           <x14:formula1>
             <xm:f>Referentie!$D$1:$D$2</xm:f>
           </x14:formula1>
           <xm:sqref>C59:D59 C73:D73</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{87A83FA9-30E2-48B2-8685-296BC6422AE7}">
           <x14:formula1>
             <xm:f>Referentie!$E$1:$E$2</xm:f>
           </x14:formula1>
           <xm:sqref>C46:D46</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{7E518DF3-DDC2-40F4-8C05-5441C1228196}">
           <x14:formula1>
             <xm:f>Referentie!$F$1:$F$13</xm:f>
           </x14:formula1>
           <xm:sqref>C13:D13</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{86D00466-E48E-42C9-A14E-16BA395FEB1B}">
           <x14:formula1>
             <xm:f>Referentie!$G$25:$G$35</xm:f>
           </x14:formula1>
           <xm:sqref>C78:D78</xm:sqref>
         </x14:dataValidation>
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{52C8B7DD-E2EC-491C-8022-1D070681618C}">
+          <x14:formula1>
+            <xm:f>Referentie!$G$1:$G$24</xm:f>
+          </x14:formula1>
+          <xm:sqref>C64:D64 C50:D50</xm:sqref>
+        </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{20416778-19FD-4907-A280-7F061692EB22}">
   <dimension ref="A1:U35"/>
   <sheetViews>
-    <sheetView topLeftCell="A9" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="M25" sqref="M25:M34"/>
+    <sheetView topLeftCell="A12" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="O34" sqref="O25:O34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="18.7109375" customWidth="1"/>
     <col min="2" max="2" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="5" width="12.85546875" customWidth="1"/>
     <col min="6" max="6" width="32.28515625" customWidth="1"/>
     <col min="7" max="7" width="30" customWidth="1"/>
     <col min="13" max="13" width="11.85546875" customWidth="1"/>
     <col min="15" max="15" width="11" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="36" t="s">
-[...2 lines deleted...]
-      <c r="B1" s="20" t="s">
+      <c r="A1" s="32" t="s">
+        <v>137</v>
+      </c>
+      <c r="B1" s="19" t="s">
         <v>5</v>
       </c>
       <c r="C1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D1" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="E1" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="O1" s="5" t="s">
         <v>69</v>
       </c>
       <c r="P1" t="s">
         <v>122</v>
       </c>
       <c r="Q1" t="s">
         <v>80</v>
       </c>
       <c r="R1" t="s">
         <v>86</v>
       </c>
       <c r="S1" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="2" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A2" s="21">
+      <c r="A2" s="20">
         <f>'NGZ formulier'!$C$66-1</f>
         <v>-1</v>
       </c>
-      <c r="B2" s="20" t="s">
+      <c r="B2" s="19" t="s">
         <v>6</v>
       </c>
       <c r="C2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="D2" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="E2" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="F2" t="s">
         <v>7</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>19</v>
       </c>
       <c r="H2" s="2" t="s">
         <v>18</v>
       </c>
       <c r="I2" s="2">
         <v>50</v>
       </c>
       <c r="J2" s="2" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="3" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M2" s="4"/>
       <c r="O2" s="5" t="s">
         <v>70</v>
       </c>
       <c r="P2" t="s">
         <v>126</v>
       </c>
       <c r="Q2" t="s">
         <v>82</v>
       </c>
       <c r="R2" t="s">
         <v>87</v>
       </c>
       <c r="S2" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="3" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A3" s="21">
+      <c r="A3" s="20">
         <f>'NGZ formulier'!$C$67</f>
         <v>0</v>
       </c>
-      <c r="B3" s="20"/>
+      <c r="B3" s="19"/>
       <c r="F3" t="s">
         <v>8</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>24</v>
       </c>
       <c r="H3" s="2" t="s">
         <v>23</v>
       </c>
       <c r="I3" s="2">
         <v>44</v>
       </c>
       <c r="J3" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K3" s="3" t="s">
         <v>21</v>
       </c>
       <c r="L3" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M3" s="3"/>
       <c r="O3" s="5" t="s">
         <v>71</v>
       </c>
       <c r="P3" t="s">
         <v>123</v>
       </c>
       <c r="Q3" t="s">
         <v>81</v>
       </c>
       <c r="R3" t="s">
         <v>88</v>
       </c>
       <c r="S3" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="4" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A4" s="22" t="b">
+      <c r="A4" s="21" t="b">
         <f>IF('NGZ formulier'!C71="DAG",DATEDIF(A2,A3,"d"),IF('NGZ formulier'!C71="WEEK",DATEDIF(A2,A3,"d")/7,IF('NGZ formulier'!C71="MAAND",DATEDIF(A2,A3,"d")/30.4166667,IF('NGZ formulier'!C71="JAAR",DATEDIF(A2,A3,"d")/365,IF('NGZ formulier'!C71="TOTAAL DUUR",'NGZ formulier'!C69)))))</f>
         <v>0</v>
       </c>
-      <c r="B4" s="20"/>
+      <c r="B4" s="19"/>
       <c r="F4" t="s">
         <v>9</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>27</v>
       </c>
       <c r="H4" s="2" t="s">
         <v>26</v>
       </c>
       <c r="I4" s="2">
         <v>44</v>
       </c>
       <c r="J4" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K4" s="3" t="s">
         <v>21</v>
       </c>
       <c r="L4" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M4" s="3"/>
       <c r="O4" s="5" t="s">
         <v>72</v>
       </c>
       <c r="P4" t="s">
         <v>73</v>
       </c>
       <c r="S4" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="T4" t="b" cm="1">
         <f t="array" ref="T4:U4">IF('NGZ formulier'!C39:D39=Referentie!S4,FALSE,TRUE)</f>
         <v>1</v>
       </c>
       <c r="U4" t="b">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A5" s="23" t="b">
+      <c r="A5" s="22" t="b">
         <f>A4</f>
         <v>0</v>
       </c>
-      <c r="B5" s="20"/>
+      <c r="B5" s="19"/>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>29</v>
       </c>
       <c r="H5" s="2" t="s">
         <v>28</v>
       </c>
       <c r="I5" s="2">
         <v>44</v>
       </c>
       <c r="J5" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K5" s="3" t="s">
         <v>21</v>
       </c>
       <c r="L5" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M5" s="3"/>
       <c r="O5" s="5" t="s">
         <v>73</v>
       </c>
       <c r="P5" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="6" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A6" s="20">
+      <c r="A6" s="19">
         <f>IF(NOT('NGZ formulier'!C71="TOTAAL DUUR"),(Referentie!A5*'NGZ formulier'!C69),'NGZ formulier'!C69)</f>
         <v>0</v>
       </c>
-      <c r="B6" s="20"/>
+      <c r="B6" s="19"/>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>31</v>
       </c>
       <c r="H6" s="2" t="s">
         <v>30</v>
       </c>
       <c r="I6" s="2">
         <v>44</v>
       </c>
       <c r="J6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K6" s="3" t="s">
         <v>21</v>
       </c>
       <c r="L6" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M6" s="3"/>
       <c r="O6" s="5" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="7" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A7" s="20"/>
-      <c r="B7" s="20"/>
+      <c r="A7" s="19"/>
+      <c r="B7" s="19"/>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>33</v>
       </c>
       <c r="H7" s="2" t="s">
         <v>32</v>
       </c>
       <c r="I7" s="2">
         <v>44</v>
       </c>
       <c r="J7" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K7" s="3" t="s">
         <v>21</v>
       </c>
       <c r="L7" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M7" s="3"/>
       <c r="O7" s="5" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="20"/>
-      <c r="B8" s="20"/>
+      <c r="A8" s="19"/>
+      <c r="B8" s="19"/>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>35</v>
       </c>
       <c r="H8" s="2" t="s">
         <v>34</v>
       </c>
       <c r="I8" s="2">
         <v>41</v>
       </c>
       <c r="J8" s="2" t="s">
         <v>36</v>
       </c>
       <c r="K8" s="3" t="s">
         <v>21</v>
       </c>
       <c r="L8" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M8" s="3"/>
       <c r="O8" s="6" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A9" s="36" t="s">
-[...2 lines deleted...]
-      <c r="B9" s="20"/>
+      <c r="A9" s="32" t="s">
+        <v>136</v>
+      </c>
+      <c r="B9" s="19"/>
       <c r="F9" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="H9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="I9" s="2">
         <v>44</v>
       </c>
       <c r="J9" s="2" t="s">
         <v>25</v>
       </c>
       <c r="K9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="L9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M9" s="3"/>
     </row>
     <row r="10" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A10" s="21">
+      <c r="A10" s="20">
         <f>'NGZ formulier'!$C$52-1</f>
         <v>-1</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="H10" s="2" t="s">
         <v>39</v>
       </c>
       <c r="I10" s="2">
         <v>42</v>
       </c>
       <c r="J10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="K10" s="3" t="s">
         <v>21</v>
       </c>
       <c r="L10" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M10" s="3"/>
     </row>
     <row r="11" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A11" s="21">
+      <c r="A11" s="20">
         <f>'NGZ formulier'!$C$53</f>
         <v>0</v>
       </c>
       <c r="F11" t="s">
         <v>16</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>43</v>
       </c>
       <c r="H11" s="2" t="s">
         <v>42</v>
       </c>
       <c r="I11" s="2">
         <v>54</v>
       </c>
       <c r="J11" s="2" t="s">
         <v>44</v>
       </c>
       <c r="K11" s="3" t="s">
         <v>21</v>
       </c>
       <c r="L11" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M11" s="3"/>
     </row>
     <row r="12" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A12" s="22" t="b">
+      <c r="A12" s="21" t="b">
         <f>IF('NGZ formulier'!C57="DAG",DATEDIF(A10,A11,"d"),IF('NGZ formulier'!C57="WEEK",DATEDIF(A10,A11,"d")/7,IF('NGZ formulier'!C57="MAAND",DATEDIF(A10,A11,"d")/30.4166667,IF('NGZ formulier'!C57="JAAR",DATEDIF(A10,A11,"d")/365,IF('NGZ formulier'!C57="TOTAAL DUUR",'NGZ formulier'!C55)))))</f>
         <v>0</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>46</v>
       </c>
       <c r="H12" s="2" t="s">
         <v>45</v>
       </c>
       <c r="I12" s="2">
         <v>54</v>
       </c>
       <c r="J12" s="2" t="s">
         <v>44</v>
       </c>
       <c r="K12" s="3" t="s">
         <v>21</v>
       </c>
       <c r="L12" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M12" s="3"/>
     </row>
     <row r="13" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A13" s="23" t="b">
+      <c r="A13" s="22" t="b">
         <f>A12</f>
         <v>0</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>48</v>
       </c>
       <c r="H13" s="2" t="s">
         <v>47</v>
       </c>
       <c r="I13" s="2">
         <v>54</v>
       </c>
       <c r="J13" s="2" t="s">
         <v>44</v>
       </c>
       <c r="K13" s="3" t="s">
         <v>21</v>
       </c>
       <c r="L13" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M13" s="3"/>
     </row>
     <row r="14" spans="1:21" x14ac:dyDescent="0.25">
-      <c r="A14" s="20">
+      <c r="A14" s="19">
         <f>IF(NOT('NGZ formulier'!C57="TOTAAL DUUR"),(Referentie!A13*'NGZ formulier'!C55),'NGZ formulier'!C55)</f>
         <v>0</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>50</v>
       </c>
       <c r="H14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="I14" s="2">
         <v>54</v>
       </c>
       <c r="J14" s="2" t="s">
         <v>44</v>
       </c>
       <c r="K14" s="3" t="s">
         <v>21</v>
       </c>
       <c r="L14" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M14" s="3"/>
     </row>
     <row r="15" spans="1:21" x14ac:dyDescent="0.25">
       <c r="G15" s="2" t="s">
@@ -3768,372 +3758,593 @@
       </c>
       <c r="M21" s="3"/>
     </row>
     <row r="22" spans="6:15" x14ac:dyDescent="0.25">
       <c r="G22" s="2" t="s">
         <v>68</v>
       </c>
       <c r="H22" s="2" t="s">
         <v>67</v>
       </c>
       <c r="I22" s="2">
         <v>45</v>
       </c>
       <c r="J22" s="2" t="s">
         <v>53</v>
       </c>
       <c r="K22" s="3" t="s">
         <v>21</v>
       </c>
       <c r="L22" s="3" t="s">
         <v>22</v>
       </c>
       <c r="M22" s="3"/>
     </row>
     <row r="23" spans="6:15" x14ac:dyDescent="0.25">
-      <c r="G23" s="2" t="s">
-        <v>131</v>
+      <c r="G23" s="37" t="s">
+        <v>200</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>130</v>
+        <v>199</v>
       </c>
       <c r="I23" s="2">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>53</v>
+        <v>20</v>
       </c>
       <c r="K23" s="3" t="s">
         <v>21</v>
       </c>
       <c r="L23" s="3" t="s">
         <v>22</v>
       </c>
+      <c r="M23" s="4"/>
     </row>
     <row r="24" spans="6:15" x14ac:dyDescent="0.25">
-      <c r="F24" s="25"/>
-[...3 lines deleted...]
-      <c r="H24" s="40" t="s">
+      <c r="G24" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="H24" s="2" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="25" spans="6:15" x14ac:dyDescent="0.25">
+      <c r="F25" s="34"/>
+      <c r="G25" s="34" t="s">
+        <v>138</v>
+      </c>
+      <c r="H25" s="34" t="s">
+        <v>142</v>
+      </c>
+      <c r="I25" s="3">
+        <v>47</v>
+      </c>
+      <c r="J25" t="s">
+        <v>133</v>
+      </c>
+      <c r="K25" t="s">
+        <v>74</v>
+      </c>
+      <c r="L25" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="M25" s="36"/>
+    </row>
+    <row r="26" spans="6:15" x14ac:dyDescent="0.25">
+      <c r="F26" s="34"/>
+      <c r="G26" s="34" t="s">
+        <v>183</v>
+      </c>
+      <c r="H26" s="34" t="s">
+        <v>190</v>
+      </c>
+      <c r="I26" s="3">
+        <v>47</v>
+      </c>
+      <c r="J26" t="s">
+        <v>133</v>
+      </c>
+      <c r="K26" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="L26" t="s">
+        <v>22</v>
+      </c>
+      <c r="M26" s="36"/>
+      <c r="O26" s="35"/>
+    </row>
+    <row r="27" spans="6:15" x14ac:dyDescent="0.25">
+      <c r="F27" s="34"/>
+      <c r="G27" s="34" t="s">
+        <v>184</v>
+      </c>
+      <c r="H27" s="34" t="s">
+        <v>191</v>
+      </c>
+      <c r="I27" s="3">
+        <v>47</v>
+      </c>
+      <c r="J27" t="s">
+        <v>133</v>
+      </c>
+      <c r="K27" t="s">
+        <v>74</v>
+      </c>
+      <c r="L27" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="M27" s="36"/>
+    </row>
+    <row r="28" spans="6:15" x14ac:dyDescent="0.25">
+      <c r="F28" s="34"/>
+      <c r="G28" s="34" t="s">
+        <v>185</v>
+      </c>
+      <c r="H28" s="34" t="s">
+        <v>192</v>
+      </c>
+      <c r="I28" s="3">
+        <v>47</v>
+      </c>
+      <c r="J28" t="s">
+        <v>133</v>
+      </c>
+      <c r="K28" t="s">
+        <v>74</v>
+      </c>
+      <c r="L28" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="M28" s="36"/>
+    </row>
+    <row r="29" spans="6:15" x14ac:dyDescent="0.25">
+      <c r="F29" s="34"/>
+      <c r="G29" s="34" t="s">
+        <v>186</v>
+      </c>
+      <c r="H29" s="34" t="s">
+        <v>193</v>
+      </c>
+      <c r="I29" s="3">
+        <v>47</v>
+      </c>
+      <c r="J29" t="s">
+        <v>133</v>
+      </c>
+      <c r="K29" t="s">
+        <v>74</v>
+      </c>
+      <c r="L29" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="M29" s="36"/>
+    </row>
+    <row r="30" spans="6:15" x14ac:dyDescent="0.25">
+      <c r="F30" s="34"/>
+      <c r="G30" s="34" t="s">
+        <v>187</v>
+      </c>
+      <c r="H30" s="34" t="s">
+        <v>194</v>
+      </c>
+      <c r="I30" s="3">
+        <v>47</v>
+      </c>
+      <c r="J30" t="s">
+        <v>133</v>
+      </c>
+      <c r="K30" t="s">
+        <v>74</v>
+      </c>
+      <c r="L30" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="M30" s="36"/>
+    </row>
+    <row r="31" spans="6:15" x14ac:dyDescent="0.25">
+      <c r="F31" s="34"/>
+      <c r="G31" s="34" t="s">
+        <v>188</v>
+      </c>
+      <c r="H31" s="34" t="s">
+        <v>195</v>
+      </c>
+      <c r="I31" s="3">
+        <v>47</v>
+      </c>
+      <c r="J31" t="s">
+        <v>133</v>
+      </c>
+      <c r="K31" t="s">
+        <v>74</v>
+      </c>
+      <c r="L31" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="M31" s="36"/>
+    </row>
+    <row r="32" spans="6:15" x14ac:dyDescent="0.25">
+      <c r="F32" s="34"/>
+      <c r="G32" s="34" t="s">
+        <v>139</v>
+      </c>
+      <c r="H32" s="34" t="s">
+        <v>140</v>
+      </c>
+      <c r="I32" s="3">
+        <v>48</v>
+      </c>
+      <c r="J32" t="s">
+        <v>135</v>
+      </c>
+      <c r="K32" t="s">
+        <v>74</v>
+      </c>
+      <c r="L32" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="M32" s="36"/>
+    </row>
+    <row r="33" spans="6:15" x14ac:dyDescent="0.25">
+      <c r="F33" s="34"/>
+      <c r="G33" s="34" t="s">
+        <v>134</v>
+      </c>
+      <c r="H33" s="34" t="s">
+        <v>141</v>
+      </c>
+      <c r="I33" s="3">
+        <v>48</v>
+      </c>
+      <c r="J33" t="s">
+        <v>135</v>
+      </c>
+      <c r="K33" t="s">
+        <v>74</v>
+      </c>
+      <c r="L33" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="M33" s="36"/>
+    </row>
+    <row r="34" spans="6:15" x14ac:dyDescent="0.25">
+      <c r="F34" s="34"/>
+      <c r="G34" s="34" t="s">
+        <v>189</v>
+      </c>
+      <c r="H34" s="34" t="s">
+        <v>196</v>
+      </c>
+      <c r="I34" s="3">
+        <v>49</v>
+      </c>
+      <c r="J34" t="s">
+        <v>197</v>
+      </c>
+      <c r="K34" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="L34" t="s">
+        <v>22</v>
+      </c>
+      <c r="M34" s="36"/>
+      <c r="O34" s="35"/>
+    </row>
+    <row r="35" spans="6:15" x14ac:dyDescent="0.25">
+      <c r="G35" t="s">
         <v>146</v>
       </c>
-      <c r="I24" s="25"/>
-[...10 lines deleted...]
-      <c r="H25" s="38" t="s">
+      <c r="H35" s="2" t="s">
         <v>144</v>
       </c>
-      <c r="I25" s="41">
-[...273 lines deleted...]
-      <c r="M35" s="39"/>
+      <c r="L35" s="3"/>
+      <c r="M35" s="35"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="feasR0HRhiH21PrExsr6uZj1vYaHzqozVuclE0X8NdzhTOhpwawT6bE9wsz3RiNYHwSIHicxQoz39EhPMbZSjg==" saltValue="a/H2aDfhEqIp/Bsrp3V/zg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="r7mav/WWWrqRFeM2pgx6xGazhAes7wLcQjMNp1zF3Eif/hrbYFzwJaUZPHj/YOjOO29I77hgriwQWy4CUjAQUw==" saltValue="dCH7BCaNf6APx47WP9Y5wA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F8E3F7682F29864F97F548D8D3F07DEE" ma:contentTypeVersion="12" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="5e4441676286d8a6c453b285fd1a29dc">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b099e679-cfb0-44bb-992d-d6fa683e8247" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75e0190422c836fdca5297dc9000100b" ns2:_="">
+    <xsd:import namespace="b099e679-cfb0-44bb-992d-d6fa683e8247"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns2:Title0" minOccurs="0"/>
+                <xsd:element ref="ns2:Title1" minOccurs="0"/>
+                <xsd:element ref="ns2:Title2" minOccurs="0"/>
+                <xsd:element ref="ns2:Title3" minOccurs="0"/>
+                <xsd:element ref="ns2:Title4" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b099e679-cfb0-44bb-992d-d6fa683e8247" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Title0" ma:index="8" nillable="true" ma:displayName="Title" ma:description="" ma:internalName="Title0">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Title1" ma:index="9" nillable="true" ma:displayName="Title" ma:description="" ma:internalName="Title1">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Title2" ma:index="10" nillable="true" ma:displayName="Title" ma:description="" ma:internalName="Title2">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Title3" ma:index="11" nillable="true" ma:displayName="Title" ma:description="" ma:internalName="Title3">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Title4" ma:index="12" nillable="true" ma:displayName="Title" ma:description="" ma:internalName="Title4">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="13" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="14" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhoudstype"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Title4 xmlns="b099e679-cfb0-44bb-992d-d6fa683e8247" xsi:nil="true"/>
+    <Title3 xmlns="b099e679-cfb0-44bb-992d-d6fa683e8247" xsi:nil="true"/>
+    <Title2 xmlns="b099e679-cfb0-44bb-992d-d6fa683e8247" xsi:nil="true"/>
+    <Title1 xmlns="b099e679-cfb0-44bb-992d-d6fa683e8247" xsi:nil="true"/>
+    <Title0 xmlns="b099e679-cfb0-44bb-992d-d6fa683e8247" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7D2AACC-7614-47FB-91CB-9212AFFE66E2}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="b099e679-cfb0-44bb-992d-d6fa683e8247"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB4881FD-4488-403B-8D47-E8C1C9F42A62}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8D0A42F-AC8B-4B1F-8A61-54903854EF00}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="b099e679-cfb0-44bb-992d-d6fa683e8247"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{0ce80e9c-661b-453a-b52e-c00e4f65cc34}" enabled="1" method="Standard" siteId="{bbc3bd55-2812-4652-96ae-ce7932a2e8b5}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Werkbladen</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Benoemde bereiken</vt:lpstr>
       </vt:variant>
       <vt:variant>
@@ -4143,25 +4354,33 @@
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>NGZ formulier</vt:lpstr>
       <vt:lpstr>Referentie</vt:lpstr>
       <vt:lpstr>'NGZ formulier'!Afdrukbereik</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Jongh, Astrid de</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100F8E3F7682F29864F97F548D8D3F07DEE</vt:lpwstr>
+  </property>
+</Properties>
+</file>