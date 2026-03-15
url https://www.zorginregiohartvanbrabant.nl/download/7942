--- v1 (2026-01-28)
+++ v2 (2026-03-15)
@@ -1,76 +1,76 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29711"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://tilburg.sharepoint.com/sites/TB-PRC-DVL_CMCB-CBJeugd/Gedeelde documenten/02 CB Jeugd/NGZ/NGZ Formulier/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{6513F30B-C5DB-4596-AF1F-4587EDD89BE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="22" documentId="8_{6513F30B-C5DB-4596-AF1F-4587EDD89BE1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{245091D0-BCB2-446F-A7DF-29532507B4BE}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{041FE3F8-2D63-4769-910D-51A9E0E3B044}"/>
   </bookViews>
   <sheets>
     <sheet name="NGZ formulier" sheetId="1" r:id="rId1"/>
     <sheet name="Referentie" sheetId="2" state="hidden" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'NGZ formulier'!$B$2:$D$119</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C79" i="1" l="1"/>
   <c r="C82" i="1"/>
   <c r="C68" i="1"/>
   <c r="C60" i="1"/>
@@ -139,834 +139,840 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="323" uniqueCount="202">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="325" uniqueCount="204">
   <si>
     <t>Aanvraag niet-gecontracteerde jeugdhulp (NGZ)</t>
   </si>
   <si>
-    <t>Persoonlijke gegevens jeugdige</t>
-[...435 lines deleted...]
-    <t>47B10</t>
+    <t>Versie december 2025</t>
   </si>
   <si>
     <r>
       <t>Dit formulier gebruik je als je zorg wilt inzetten van een niet-gecontracteerde jeugdhulpaanbieder of van een jeugdhulpaanbieder die wel gecontracteerd is, maar niet voor het gewenste product. Lees eerst de website over NGZ op www.zorginregiohartvanbrabant.nl voor meer informatie over NGZ binnen de regio Hart van Brabant (HvB).
 Formulier ingevuld? Stuur dan een e-mail naar inkoopjeugdhvb@tilburg.nl met in het onderwerp NGZ aanvraag (naam zorgaanbieder) (naam jeugdige) voor een zo snel mogelijk verwerking.</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> 
 Let op: alle blauwe velden moeten in ieder geval gevuld zijn om de NGZ aanvraag in behandeling te kunnen nemen</t>
     </r>
   </si>
   <si>
-    <t>Vul onderbouwing in</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">Onderbouwing  looptijd, omvang en tarief
+    <t>Persoonlijke gegevens jeugdige</t>
+  </si>
+  <si>
+    <t>Voor- en achternaam</t>
+  </si>
+  <si>
+    <t>Geboortedatum</t>
+  </si>
+  <si>
+    <t>BSN</t>
+  </si>
+  <si>
+    <t>ID gecontroleerd</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Adres </t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>(straatnaam en huisnummer)</t>
+    </r>
+  </si>
+  <si>
+    <t>Postcode en woonplaats</t>
+  </si>
+  <si>
+    <t>Gemeente woonplaatsbeginsel</t>
+  </si>
+  <si>
+    <t>Verwijzer</t>
+  </si>
+  <si>
+    <t>Type verwijzer</t>
+  </si>
+  <si>
+    <t>Naam verwijzer</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Contactgegevens aanvrager
 </t>
-  </si>
-[...31 lines deleted...]
-    <t>Nee, geef hieronder aan waarom het RET niet is geconsulteerd</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Gegevens contactpersoon van de Toegang of GI</t>
+    </r>
+  </si>
+  <si>
+    <t>Naam</t>
+  </si>
+  <si>
+    <t>E-mailadres</t>
+  </si>
+  <si>
+    <t>Telefoonnummer</t>
+  </si>
+  <si>
+    <t>Werkzaam bij</t>
+  </si>
+  <si>
+    <t>Invuldatum NGZ formulier</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Gegevens gezagsdragers (ouder(s)/voogd)
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Let op!: Indien gezaghebbende ouders ieder op een ander adres wonen dan beide gegevens invullen. Er moet minimaal één gezagsdrager ingevuld zijn</t>
+    </r>
+  </si>
+  <si>
+    <t>Gezagsdrager 1</t>
+  </si>
+  <si>
+    <t>Relatie tot jeugdige</t>
+  </si>
+  <si>
+    <t>Gezagsdrager 2</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Motivatie van de aanvraag
+</t>
+    </r>
+    <r>
+      <rPr>
+        <i/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Licht toe waarom de inzet van NGZ noodzakelijk is en welke stappen gezet zijn conform het beoordelingskader. Wie is bij de afweging om NGZ in te zetten betrokken, bijv. leidinggevende, collega, kwaliteitsmedewerkers, contractmanagers of regionaal expertiseteam (RET)? Wat zijn hun bevindingen/adviezen?</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> </t>
+    </r>
+  </si>
+  <si>
+    <t>Reden NGZ</t>
+  </si>
+  <si>
+    <t>Toelichting reden NGZ anders</t>
+  </si>
+  <si>
+    <t>Welke gecontracteerde aanbieders zijn benaderd?</t>
+  </si>
+  <si>
+    <t>Waarom kan de gecontracteerd aanbieder de zorg niet leveren?</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Is onderaannemerschap bij een gecontracteerde aanbieder besproken? </t>
+  </si>
+  <si>
+    <t>Welke personen zijn betrokken bij deze NGZ-aanvraag vanuit gemeente?</t>
+  </si>
+  <si>
+    <t>Toelichting NGZ</t>
+  </si>
+  <si>
+    <t>Is het RET geconsulteerd</t>
   </si>
   <si>
     <t>Toelichting RET geconsulteerd</t>
-  </si>
-[...22 lines deleted...]
-    <t>Voorwaarden zoals vermeld op de website</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Aangevraagde jeugdhulp
 </t>
     </r>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Selecteer de juiste productomschrijving, eenheid en frequentie en vul de overige verplichte velden in</t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="11"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">. 
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color theme="0"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>* Het totale budget binnen de periode wordt dan automatisch berekend.  Vanaf 2023 wordt alle NGZ zorg toegewezen op nieuwe NGZ producten met een omvang in euro's totaal duur beschikking. 
 *  Een maatregel wordt aangevraagd onder het kopje Jeugdbeschermings- en jeugdreclasseringsmaatregel en niet onder product jeugdhulp</t>
     </r>
   </si>
   <si>
+    <t>NGZ Product jeugdhulp 1</t>
+  </si>
+  <si>
+    <t>Productomschrijving</t>
+  </si>
+  <si>
+    <t>Productcode</t>
+  </si>
+  <si>
+    <t>Begindatum</t>
+  </si>
+  <si>
+    <t>Einddatum</t>
+  </si>
+  <si>
+    <t>Looptijd</t>
+  </si>
+  <si>
+    <t>Volume</t>
+  </si>
+  <si>
+    <t>Eenheid</t>
+  </si>
+  <si>
+    <t>Frequentie</t>
+  </si>
+  <si>
+    <t>Tarief per eenheid</t>
+  </si>
+  <si>
+    <t>Verantwoordelijke gemeente akkoord met tarief?</t>
+  </si>
+  <si>
+    <t>Volume binnen looptijd</t>
+  </si>
+  <si>
+    <t>Berekend tarief totaal duur</t>
+  </si>
+  <si>
+    <t>Onderbouwing  looptijd, omvang en tarief</t>
+  </si>
+  <si>
+    <t>NGZ Product jeugdhulp 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Onderbouwing  looptijd, omvang en tarief
+</t>
+  </si>
+  <si>
     <t>Jeugdbeschermings- en jeugdreclasseringsmaatregel bij niet gecontracteerde Gercertificeerde instelling</t>
-  </si>
-[...145 lines deleted...]
-    <t>Activiteiten in het preventief justitieel kader</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="11"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">Onderbouwing NGZ, looptijd, omvang en tarief
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">* Een maatregel wordt toegekend op 1 stuks (output) per maand, behalve 47B11 en 49B07. Deze worden toegekend in euro's totaal duur. 
 * Tarieven zijn conform de landelijke basistarieven, 2025. Toewijzing die doorlopen vanuit of naar andere jaren hebben per jaar een ander tarief
 </t>
     </r>
     <r>
       <rPr>
         <i/>
         <sz val="10"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
   </si>
   <si>
+    <r>
+      <t xml:space="preserve">Gegevens jeugdhulpaanbieder
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="11"/>
+        <color theme="0"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t>Als u niet geregistreerd (AGB/SKJ/BIG) bent, kunt u hier bij opmerking uitleggen waarom een registratie voor de door u te leveren jeugdhulp niet noodzakelijk is.</t>
+    </r>
+  </si>
+  <si>
+    <t>Naam jeugdhulpaanbieder</t>
+  </si>
+  <si>
+    <t>Website zorgaanbieder</t>
+  </si>
+  <si>
+    <t>Bekend binnen HvB</t>
+  </si>
+  <si>
+    <t>Gecontracteerd in andere regio's, namelijk</t>
+  </si>
+  <si>
+    <t>Gecontracteerd voor WLZ, ZVW,Wmo</t>
+  </si>
+  <si>
+    <t>Naam contactpersoon</t>
+  </si>
+  <si>
+    <t>Mailadres</t>
+  </si>
+  <si>
+    <t>Kvk-nummer, uittreksel meesturen</t>
+  </si>
+  <si>
+    <t>AGB-code (van de onderneming)</t>
+  </si>
+  <si>
+    <t>SKJ registratienummer</t>
+  </si>
+  <si>
+    <t>BIG registratienummer</t>
+  </si>
+  <si>
+    <t>IBAN rekeningnummer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bankbewijs meegestuurd </t>
+  </si>
+  <si>
+    <t>Mailadres financiële administratie</t>
+  </si>
+  <si>
+    <t>Kan de jeugdhulpaanbieder via het berichtenverkeer een toewijzing ontvangen (iJW301)?</t>
+  </si>
+  <si>
+    <t>Kan de jeugdhulpaanbieder via het berichtenverkeer regieberichten sturen (iJW305 en iJW307)?</t>
+  </si>
+  <si>
+    <t>Kan de jeugdhulpaanbieder via het berichtenverkeer declaraties sturen (iJW323)?</t>
+  </si>
+  <si>
+    <t>Opmerkingen</t>
+  </si>
+  <si>
+    <t>Voorwaarden zoals vermeld op de website</t>
+  </si>
+  <si>
+    <t>Gaat de jeugdhulpaanbieder akkoord met de NGZ uitvoeringsvoorwaarden?</t>
+  </si>
+  <si>
+    <t>Gaat de jeugdhulpaanbieder akkoord met de VNG inkoopvoorwaarden?</t>
+  </si>
+  <si>
+    <t>Gaat de jeugdhulpaanbieder akkoord met het declaratie- en administratieprotocol?</t>
+  </si>
+  <si>
+    <t>Gaat de jeugdhulpaanbieder akkoord met uitvoeringsvoorwaarden Gezinshuizen?</t>
+  </si>
+  <si>
+    <t>In te vullen door Regio Hart van Brabant</t>
+  </si>
+  <si>
+    <t>Datum ontvangst formulier</t>
+  </si>
+  <si>
+    <t>Referentienummer aanbieder (indien bekend)</t>
+  </si>
+  <si>
+    <t>Formule product 2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ja </t>
+  </si>
+  <si>
+    <t>Ja</t>
+  </si>
+  <si>
+    <t>Ja, stuur akkoord mee als bijlage</t>
+  </si>
+  <si>
+    <t>Ja, vul advies RET hieronder in</t>
+  </si>
+  <si>
+    <t>Alphen-Chaam</t>
+  </si>
+  <si>
+    <t>Minuten</t>
+  </si>
+  <si>
+    <t>Dag</t>
+  </si>
+  <si>
+    <t>Toegang</t>
+  </si>
+  <si>
+    <t>Moeder</t>
+  </si>
+  <si>
+    <t>Wijziging woonplaatsbeginsel</t>
+  </si>
+  <si>
+    <t>Nee</t>
+  </si>
+  <si>
+    <t>Nee, stuur dan een bankbewijs mee</t>
+  </si>
+  <si>
+    <t>Nee, aanvraag kan niet in behandeling genomen worden</t>
+  </si>
+  <si>
+    <t>Nee, geef hieronder aan waarom het RET niet is geconsulteerd</t>
+  </si>
+  <si>
+    <t>Baarle-Nassau</t>
+  </si>
+  <si>
+    <t>NGZ segment 1 Hoog specialistisch</t>
+  </si>
+  <si>
+    <t>NGZ01</t>
+  </si>
+  <si>
+    <t>Maatwerkarrangementen Jeugdwet</t>
+  </si>
+  <si>
+    <t>Euro's</t>
+  </si>
+  <si>
+    <t>Totaal binnen geldigheidsduur beschikking</t>
+  </si>
+  <si>
+    <t>Uren</t>
+  </si>
+  <si>
+    <t>Week</t>
+  </si>
+  <si>
+    <t>GI</t>
+  </si>
+  <si>
+    <t>Vader</t>
+  </si>
+  <si>
+    <t>Aanbod niet beschikbaar</t>
+  </si>
+  <si>
+    <t>Dongen</t>
+  </si>
+  <si>
+    <t>NGZ segment 2 Pleegzorg</t>
+  </si>
+  <si>
+    <t>NGZ02</t>
+  </si>
+  <si>
+    <t>Jeugdhulp verblijf (excl. beh)</t>
+  </si>
+  <si>
+    <t>Dagdelen</t>
+  </si>
+  <si>
+    <t>Maand</t>
+  </si>
+  <si>
+    <t>Rechtbank</t>
+  </si>
+  <si>
+    <t>Voogd</t>
+  </si>
+  <si>
+    <t>PGB is geen optie</t>
+  </si>
+  <si>
+    <t>Gilze-Rijen</t>
+  </si>
+  <si>
+    <t>NGZ segment 2 Gezinshuis</t>
+  </si>
+  <si>
+    <t>NGZ03</t>
+  </si>
+  <si>
+    <t>Etmalen</t>
+  </si>
+  <si>
+    <t>Jaar</t>
+  </si>
+  <si>
+    <t>Anders, vul hieronder toelichting reden NGZ</t>
+  </si>
+  <si>
+    <t>Goirle</t>
+  </si>
+  <si>
+    <t>NGZ segment 2 Woonleefgroep</t>
+  </si>
+  <si>
+    <t>NGZ04</t>
+  </si>
+  <si>
+    <t>Totaal duur</t>
+  </si>
+  <si>
+    <t>Heusden</t>
+  </si>
+  <si>
+    <t>NGZ segment 2 Kamertraining</t>
+  </si>
+  <si>
+    <t>NGZ05</t>
+  </si>
+  <si>
+    <t>Stuks (output)</t>
+  </si>
+  <si>
+    <t>Hilvarenbeek</t>
+  </si>
+  <si>
+    <t>NGZ segment 2 Fasehuis</t>
+  </si>
+  <si>
+    <t>NGZ06</t>
+  </si>
+  <si>
+    <t>Euros's</t>
+  </si>
+  <si>
+    <t>Loon op Zand</t>
+  </si>
+  <si>
+    <t>NGZ segment 3 Dagbegeleiding</t>
+  </si>
+  <si>
+    <t>NGZ07</t>
+  </si>
+  <si>
+    <t>Dagbehandeling</t>
+  </si>
+  <si>
+    <t>Stuks (inspanning)</t>
+  </si>
+  <si>
+    <t>Formule product 1</t>
+  </si>
+  <si>
+    <t>Oisterwijk</t>
+  </si>
+  <si>
+    <t>NGZ segment 3 Respijtzorg</t>
+  </si>
+  <si>
+    <t>NGZ08</t>
+  </si>
+  <si>
+    <t>Tilburg</t>
+  </si>
+  <si>
+    <t>NGZ segment 3 Vervoer</t>
+  </si>
+  <si>
+    <t>NGZ09</t>
+  </si>
+  <si>
+    <t>Vervoerdiensten</t>
+  </si>
+  <si>
+    <t>Waalwijk</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NGZ segment 4 GGZ Hoog specialistisch </t>
+  </si>
+  <si>
+    <t>NGZ10</t>
+  </si>
+  <si>
+    <t>Jeugd-ggz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NGZ segment 4 GGZ specialistisch </t>
+  </si>
+  <si>
+    <t>NGZ11</t>
+  </si>
+  <si>
+    <t>NGZ segment 4 GGZ Begeleiding</t>
+  </si>
+  <si>
+    <t>NGZ12</t>
+  </si>
+  <si>
+    <t>NGZ segment 4 Medicatiecontrole</t>
+  </si>
+  <si>
+    <t>NGZ13</t>
+  </si>
+  <si>
+    <t>NGZ segment 4 JOH behandeling</t>
+  </si>
+  <si>
+    <t>NGZ14</t>
+  </si>
+  <si>
+    <t>Jeugdhulp ambulant</t>
+  </si>
+  <si>
+    <t>NGZ segment 4 JOH begeleiding</t>
+  </si>
+  <si>
+    <t>NGZ15</t>
+  </si>
+  <si>
+    <t>NGZ segment 4 GHZ behandeling</t>
+  </si>
+  <si>
+    <t>NGZ16</t>
+  </si>
+  <si>
+    <t>NGZ segment 4 GHZ begeleiding</t>
+  </si>
+  <si>
+    <t>NGZ17</t>
+  </si>
+  <si>
+    <t>NGZ segment 4 Verzorging</t>
+  </si>
+  <si>
+    <t>NGZ18</t>
+  </si>
+  <si>
+    <t>Persoonlijke verzorging</t>
+  </si>
+  <si>
+    <t>NGZ segment 4 Vaktherapie</t>
+  </si>
+  <si>
+    <t>NGZ19</t>
+  </si>
+  <si>
+    <t>NGZ Beschermd wonen</t>
+  </si>
+  <si>
+    <t>NGZ21</t>
+  </si>
+  <si>
+    <t>NGZ Dyslexie</t>
+  </si>
+  <si>
+    <t>NGZ22</t>
+  </si>
+  <si>
+    <t xml:space="preserve">NGZ Zak- en kleedgeld </t>
+  </si>
+  <si>
     <t>NGZ23</t>
   </si>
   <si>
-    <t xml:space="preserve">NGZ Zak- en kleedgeld </t>
-[...2 lines deleted...]
-    <t>Versie december 2025</t>
+    <t>NGZ Exceptionele kosten JZ+</t>
+  </si>
+  <si>
+    <t>NGZ25</t>
+  </si>
+  <si>
+    <t>Expectiionele kosten</t>
+  </si>
+  <si>
+    <t>Jeugdreclassering: outputgericht landelijk werkende GI's</t>
+  </si>
+  <si>
+    <t>47B10</t>
+  </si>
+  <si>
+    <t>Jeugdreclassering</t>
+  </si>
+  <si>
+    <t>GBM advies: outputgericht landelijk werkende GI's</t>
+  </si>
+  <si>
+    <t>47B11</t>
+  </si>
+  <si>
+    <t>GBM Uitvoering landelijk werkende GI's</t>
+  </si>
+  <si>
+    <t>47B12</t>
+  </si>
+  <si>
+    <t>ITB Criem landelijk werkende GI's</t>
+  </si>
+  <si>
+    <t>47B13</t>
+  </si>
+  <si>
+    <t>ITB Harde kern landelijk werkende GI's</t>
+  </si>
+  <si>
+    <t>47B14</t>
+  </si>
+  <si>
+    <t>Jeugdreclassering Samenloop landelijk werkende GI's</t>
+  </si>
+  <si>
+    <t>47B15</t>
+  </si>
+  <si>
+    <t>STP landelijk werkende GI's</t>
+  </si>
+  <si>
+    <t>47B16</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ondertoezichtstelling </t>
+  </si>
+  <si>
+    <t>48B10</t>
+  </si>
+  <si>
+    <t>Jeugdbescherming</t>
+  </si>
+  <si>
+    <t>Voogdij: outputgericht</t>
+  </si>
+  <si>
+    <t>48B11</t>
+  </si>
+  <si>
+    <t>Instemmingsverklaring gesloten jeugdzorg</t>
+  </si>
+  <si>
+    <t>49B07</t>
+  </si>
+  <si>
+    <t>Activiteiten in het preventief justitieel kader</t>
+  </si>
+  <si>
+    <t>Maatregel overig</t>
+  </si>
+  <si>
+    <t>Vul onderbouwing in</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="44" formatCode="_ &quot;€&quot;\ * #,##0.00_ ;_ &quot;€&quot;\ * \-#,##0.00_ ;_ &quot;€&quot;\ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="164" formatCode="&quot;€&quot;\ #,##0.00"/>
   </numFmts>
-  <fonts count="18" x14ac:knownFonts="1">
+  <fonts count="19">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -1055,50 +1061,56 @@
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FF242424"/>
+      <name val="Aptos Narrow"/>
+      <charset val="1"/>
     </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFE62282"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
         <bgColor indexed="64"/>
@@ -1280,51 +1292,51 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="82">
+  <cellXfs count="83">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="44" fontId="0" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="8" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
@@ -1367,55 +1379,56 @@
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="44" fontId="1" fillId="0" borderId="7" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="44" fontId="1" fillId="0" borderId="15" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
@@ -1546,59 +1559,59 @@
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="top"/>
       <protection hidden="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Standaard" xfId="0" builtinId="0"/>
     <cellStyle name="Valuta" xfId="1" builtinId="4"/>
   </cellStyles>
   <dxfs count="10">
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF0070C0"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
-        <patternFill patternType="solid">
-          <bgColor theme="0"/>
+        <patternFill>
+          <bgColor rgb="FF0070C0"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
-        <patternFill>
-          <bgColor rgb="FF0070C0"/>
+        <patternFill patternType="solid">
+          <bgColor theme="0"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF0070C0"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF0070C0"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill>
           <bgColor rgb="FF0070C0"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
@@ -1630,91 +1643,91 @@
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFE62282"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Thema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office 2013 - 2022">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office 2013 - 2022">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1776,51 +1789,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office 2013 - 2022">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1918,953 +1931,953 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{BC3F49DF-2C24-4104-850B-DBBA27B8E869}">
   <dimension ref="A1:E120"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C64" sqref="C64:D64"/>
+      <selection activeCell="C50" sqref="C50:D50"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1"/>
   <cols>
     <col min="1" max="1" width="2.85546875" style="11" customWidth="1"/>
     <col min="2" max="2" width="58.28515625" customWidth="1"/>
     <col min="3" max="3" width="28.7109375" customWidth="1"/>
     <col min="4" max="4" width="8.85546875" customWidth="1"/>
     <col min="5" max="5" width="3.28515625" customWidth="1"/>
     <col min="6" max="16384" width="8.85546875" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:4" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="2:4" ht="26.25" x14ac:dyDescent="0.4">
+    <row r="1" spans="2:4"/>
+    <row r="2" spans="2:4" ht="26.25">
       <c r="B2" s="16" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="17"/>
       <c r="D2" s="18"/>
     </row>
-    <row r="3" spans="2:4" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:4">
       <c r="B3" s="13" t="s">
-        <v>201</v>
+        <v>1</v>
       </c>
       <c r="C3" s="14"/>
       <c r="D3" s="15"/>
     </row>
-    <row r="4" spans="2:4" ht="102.6" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-    <row r="5" spans="2:4" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:4" ht="102.6" customHeight="1">
+      <c r="B4" s="39" t="s">
+        <v>2</v>
+      </c>
+      <c r="C4" s="40"/>
+      <c r="D4" s="41"/>
+    </row>
+    <row r="5" spans="2:4">
       <c r="B5" s="11"/>
       <c r="C5" s="11"/>
       <c r="D5" s="11"/>
     </row>
-    <row r="6" spans="2:4" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-    <row r="7" spans="2:4" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:4">
+      <c r="B6" s="51" t="s">
+        <v>3</v>
+      </c>
+      <c r="C6" s="52"/>
+      <c r="D6" s="53"/>
+    </row>
+    <row r="7" spans="2:4">
       <c r="B7" s="8" t="s">
-        <v>2</v>
-[...4 lines deleted...]
-    <row r="8" spans="2:4" x14ac:dyDescent="0.25">
+        <v>4</v>
+      </c>
+      <c r="C7" s="50"/>
+      <c r="D7" s="50"/>
+    </row>
+    <row r="8" spans="2:4">
       <c r="B8" s="8" t="s">
-        <v>3</v>
-[...4 lines deleted...]
-    <row r="9" spans="2:4" x14ac:dyDescent="0.25">
+        <v>5</v>
+      </c>
+      <c r="C8" s="50"/>
+      <c r="D8" s="50"/>
+    </row>
+    <row r="9" spans="2:4">
       <c r="B9" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C9" s="50"/>
+      <c r="D9" s="50"/>
+    </row>
+    <row r="10" spans="2:4">
+      <c r="B10" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="C10" s="50"/>
+      <c r="D10" s="50"/>
+    </row>
+    <row r="11" spans="2:4">
+      <c r="B11" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C11" s="50"/>
+      <c r="D11" s="50"/>
+    </row>
+    <row r="12" spans="2:4">
+      <c r="B12" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="50"/>
+      <c r="D12" s="50"/>
+    </row>
+    <row r="13" spans="2:4">
+      <c r="B13" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="C13" s="50"/>
+      <c r="D13" s="50"/>
+    </row>
+    <row r="14" spans="2:4">
+      <c r="B14" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="C14" s="52"/>
+      <c r="D14" s="53"/>
+    </row>
+    <row r="15" spans="2:4">
+      <c r="B15" s="8" t="s">
+        <v>12</v>
+      </c>
+      <c r="C15" s="50"/>
+      <c r="D15" s="50"/>
+    </row>
+    <row r="16" spans="2:4">
+      <c r="B16" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C16" s="50"/>
+      <c r="D16" s="50"/>
+    </row>
+    <row r="17" spans="2:4" ht="28.15" customHeight="1">
+      <c r="B17" s="60" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="60"/>
+      <c r="D17" s="60"/>
+    </row>
+    <row r="18" spans="2:4">
+      <c r="B18" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C18" s="50"/>
+      <c r="D18" s="50"/>
+    </row>
+    <row r="19" spans="2:4">
+      <c r="B19" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="C19" s="50"/>
+      <c r="D19" s="50"/>
+    </row>
+    <row r="20" spans="2:4" ht="15" customHeight="1">
+      <c r="B20" s="7" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" s="50"/>
+      <c r="D20" s="50"/>
+    </row>
+    <row r="21" spans="2:4" ht="15" customHeight="1">
+      <c r="B21" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C21" s="50"/>
+      <c r="D21" s="50"/>
+    </row>
+    <row r="22" spans="2:4" ht="15" customHeight="1">
+      <c r="B22" s="33" t="s">
+        <v>19</v>
+      </c>
+      <c r="C22" s="67"/>
+      <c r="D22" s="68"/>
+    </row>
+    <row r="23" spans="2:4" ht="42" customHeight="1">
+      <c r="B23" s="42" t="s">
+        <v>20</v>
+      </c>
+      <c r="C23" s="43"/>
+      <c r="D23" s="44"/>
+    </row>
+    <row r="24" spans="2:4">
+      <c r="B24" s="80" t="s">
+        <v>21</v>
+      </c>
+      <c r="C24" s="81"/>
+      <c r="D24" s="82"/>
+    </row>
+    <row r="25" spans="2:4">
+      <c r="B25" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="C9" s="49"/>
-[...114 lines deleted...]
-    <row r="26" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C25" s="50"/>
+      <c r="D25" s="50"/>
+    </row>
+    <row r="26" spans="2:4">
       <c r="B26" s="8" t="s">
-        <v>85</v>
-[...4 lines deleted...]
-    <row r="27" spans="2:4" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+      <c r="C26" s="50"/>
+      <c r="D26" s="50"/>
+    </row>
+    <row r="27" spans="2:4">
       <c r="B27" s="8" t="s">
-        <v>3</v>
-[...4 lines deleted...]
-    <row r="28" spans="2:4" x14ac:dyDescent="0.25">
+        <v>5</v>
+      </c>
+      <c r="C27" s="50"/>
+      <c r="D27" s="50"/>
+    </row>
+    <row r="28" spans="2:4">
       <c r="B28" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C28" s="50"/>
+      <c r="D28" s="50"/>
+    </row>
+    <row r="29" spans="2:4">
+      <c r="B29" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="C29" s="50"/>
+      <c r="D29" s="50"/>
+    </row>
+    <row r="30" spans="2:4">
+      <c r="B30" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" s="50"/>
+      <c r="D30" s="50"/>
+    </row>
+    <row r="31" spans="2:4">
+      <c r="B31" s="80" t="s">
+        <v>23</v>
+      </c>
+      <c r="C31" s="81"/>
+      <c r="D31" s="82"/>
+    </row>
+    <row r="32" spans="2:4">
+      <c r="B32" s="8" t="s">
         <v>4</v>
       </c>
-      <c r="C28" s="49"/>
-[...30 lines deleted...]
-    <row r="33" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="C32" s="50"/>
+      <c r="D32" s="50"/>
+    </row>
+    <row r="33" spans="2:4">
       <c r="B33" s="8" t="s">
-        <v>85</v>
-[...4 lines deleted...]
-    <row r="34" spans="2:4" x14ac:dyDescent="0.25">
+        <v>22</v>
+      </c>
+      <c r="C33" s="50"/>
+      <c r="D33" s="50"/>
+    </row>
+    <row r="34" spans="2:4">
       <c r="B34" s="8" t="s">
-        <v>3</v>
-[...4 lines deleted...]
-    <row r="35" spans="2:4" x14ac:dyDescent="0.25">
+        <v>5</v>
+      </c>
+      <c r="C34" s="50"/>
+      <c r="D34" s="50"/>
+    </row>
+    <row r="35" spans="2:4">
       <c r="B35" s="8" t="s">
-        <v>4</v>
-[...4 lines deleted...]
-    <row r="36" spans="2:4" x14ac:dyDescent="0.25">
+        <v>6</v>
+      </c>
+      <c r="C35" s="50"/>
+      <c r="D35" s="50"/>
+    </row>
+    <row r="36" spans="2:4">
       <c r="B36" s="7" t="s">
-        <v>104</v>
-[...4 lines deleted...]
-    <row r="37" spans="2:4" x14ac:dyDescent="0.25">
+        <v>8</v>
+      </c>
+      <c r="C36" s="50"/>
+      <c r="D36" s="50"/>
+    </row>
+    <row r="37" spans="2:4">
       <c r="B37" s="8" t="s">
-        <v>84</v>
-[...11 lines deleted...]
-    <row r="39" spans="2:4" x14ac:dyDescent="0.25">
+        <v>9</v>
+      </c>
+      <c r="C37" s="50"/>
+      <c r="D37" s="50"/>
+    </row>
+    <row r="38" spans="2:4" ht="58.5" customHeight="1">
+      <c r="B38" s="45" t="s">
+        <v>24</v>
+      </c>
+      <c r="C38" s="46"/>
+      <c r="D38" s="47"/>
+    </row>
+    <row r="39" spans="2:4">
       <c r="B39" s="8" t="s">
-        <v>95</v>
-[...4 lines deleted...]
-    <row r="40" spans="2:4" x14ac:dyDescent="0.25">
+        <v>25</v>
+      </c>
+      <c r="C39" s="78"/>
+      <c r="D39" s="78"/>
+    </row>
+    <row r="40" spans="2:4">
       <c r="B40" s="8" t="s">
-        <v>162</v>
-[...4 lines deleted...]
-    <row r="41" spans="2:4" x14ac:dyDescent="0.25">
+        <v>26</v>
+      </c>
+      <c r="C40" s="56"/>
+      <c r="D40" s="56"/>
+    </row>
+    <row r="41" spans="2:4">
       <c r="B41" s="8" t="s">
-        <v>163</v>
-[...4 lines deleted...]
-    <row r="42" spans="2:4" x14ac:dyDescent="0.25">
+        <v>27</v>
+      </c>
+      <c r="C41" s="67"/>
+      <c r="D41" s="68"/>
+    </row>
+    <row r="42" spans="2:4">
       <c r="B42" s="8" t="s">
-        <v>164</v>
-[...4 lines deleted...]
-    <row r="43" spans="2:4" ht="30" x14ac:dyDescent="0.25">
+        <v>28</v>
+      </c>
+      <c r="C42" s="56"/>
+      <c r="D42" s="56"/>
+    </row>
+    <row r="43" spans="2:4" ht="30">
       <c r="B43" s="29" t="s">
-        <v>165</v>
-[...4 lines deleted...]
-    <row r="44" spans="2:4" ht="30" x14ac:dyDescent="0.25">
+        <v>29</v>
+      </c>
+      <c r="C43" s="56"/>
+      <c r="D43" s="56"/>
+    </row>
+    <row r="44" spans="2:4" ht="30">
       <c r="B44" s="29" t="s">
-        <v>166</v>
-[...4 lines deleted...]
-    <row r="45" spans="2:4" ht="67.150000000000006" customHeight="1" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+      <c r="C44" s="56"/>
+      <c r="D44" s="56"/>
+    </row>
+    <row r="45" spans="2:4" ht="67.150000000000006" customHeight="1">
       <c r="B45" s="8" t="s">
-        <v>115</v>
-[...4 lines deleted...]
-    <row r="46" spans="2:4" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+        <v>31</v>
+      </c>
+      <c r="C45" s="56"/>
+      <c r="D45" s="56"/>
+    </row>
+    <row r="46" spans="2:4" ht="33" customHeight="1">
       <c r="B46" s="7" t="s">
-        <v>94</v>
-[...4 lines deleted...]
-    <row r="47" spans="2:4" ht="46.9" customHeight="1" x14ac:dyDescent="0.25">
+        <v>32</v>
+      </c>
+      <c r="C46" s="56"/>
+      <c r="D46" s="56"/>
+    </row>
+    <row r="47" spans="2:4" ht="46.9" customHeight="1">
       <c r="B47" s="28" t="s">
-        <v>160</v>
-[...18 lines deleted...]
-    <row r="50" spans="2:4" x14ac:dyDescent="0.25">
+        <v>33</v>
+      </c>
+      <c r="C47" s="50"/>
+      <c r="D47" s="50"/>
+    </row>
+    <row r="48" spans="2:4" ht="84" customHeight="1">
+      <c r="B48" s="63" t="s">
+        <v>34</v>
+      </c>
+      <c r="C48" s="63"/>
+      <c r="D48" s="63"/>
+    </row>
+    <row r="49" spans="2:4">
+      <c r="B49" s="80" t="s">
+        <v>35</v>
+      </c>
+      <c r="C49" s="81"/>
+      <c r="D49" s="82"/>
+    </row>
+    <row r="50" spans="2:4">
       <c r="B50" s="7" t="s">
-        <v>97</v>
-[...4 lines deleted...]
-    <row r="51" spans="2:4" x14ac:dyDescent="0.25">
+        <v>36</v>
+      </c>
+      <c r="C50" s="61"/>
+      <c r="D50" s="61"/>
+    </row>
+    <row r="51" spans="2:4">
       <c r="B51" s="7" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="C51" s="56" t="str">
+        <v>37</v>
+      </c>
+      <c r="C51" s="57" t="str">
         <f>IF((C50=""),"",VLOOKUP('NGZ formulier'!C50,Referentie!G:H,2,0))</f>
         <v/>
       </c>
-      <c r="D51" s="56"/>
-[...1 lines deleted...]
-    <row r="52" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D51" s="57"/>
+    </row>
+    <row r="52" spans="2:4">
       <c r="B52" s="7" t="s">
-        <v>98</v>
-[...4 lines deleted...]
-    <row r="53" spans="2:4" x14ac:dyDescent="0.25">
+        <v>38</v>
+      </c>
+      <c r="C52" s="62"/>
+      <c r="D52" s="50"/>
+    </row>
+    <row r="53" spans="2:4">
       <c r="B53" s="7" t="s">
-        <v>99</v>
-[...4 lines deleted...]
-    <row r="54" spans="2:4" x14ac:dyDescent="0.25">
+        <v>39</v>
+      </c>
+      <c r="C53" s="62"/>
+      <c r="D53" s="50"/>
+    </row>
+    <row r="54" spans="2:4">
       <c r="B54" s="7" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="C54" s="56" t="str">
+        <v>40</v>
+      </c>
+      <c r="C54" s="57" t="str">
         <f>IF((C53=""),"",(C53-C52)+1)</f>
         <v/>
       </c>
-      <c r="D54" s="56"/>
-[...1 lines deleted...]
-    <row r="55" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D54" s="57"/>
+    </row>
+    <row r="55" spans="2:4">
       <c r="B55" s="7" t="s">
-        <v>119</v>
-[...4 lines deleted...]
-    <row r="56" spans="2:4" x14ac:dyDescent="0.25">
+        <v>41</v>
+      </c>
+      <c r="C55" s="50"/>
+      <c r="D55" s="50"/>
+    </row>
+    <row r="56" spans="2:4">
       <c r="B56" s="7" t="s">
-        <v>117</v>
-[...4 lines deleted...]
-    <row r="57" spans="2:4" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+      <c r="C56" s="50"/>
+      <c r="D56" s="50"/>
+    </row>
+    <row r="57" spans="2:4">
       <c r="B57" s="7" t="s">
-        <v>118</v>
-[...4 lines deleted...]
-    <row r="58" spans="2:4" x14ac:dyDescent="0.25">
+        <v>43</v>
+      </c>
+      <c r="C57" s="50"/>
+      <c r="D57" s="50"/>
+    </row>
+    <row r="58" spans="2:4">
       <c r="B58" s="7" t="s">
-        <v>116</v>
-[...4 lines deleted...]
-    <row r="59" spans="2:4" x14ac:dyDescent="0.25">
+        <v>44</v>
+      </c>
+      <c r="C58" s="79"/>
+      <c r="D58" s="79"/>
+    </row>
+    <row r="59" spans="2:4">
       <c r="B59" s="7" t="s">
-        <v>157</v>
-[...4 lines deleted...]
-    <row r="60" spans="2:4" x14ac:dyDescent="0.25">
+        <v>45</v>
+      </c>
+      <c r="C59" s="79"/>
+      <c r="D59" s="79"/>
+    </row>
+    <row r="60" spans="2:4">
       <c r="B60" s="7" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="C60" s="56" t="str">
+        <v>46</v>
+      </c>
+      <c r="C60" s="57" t="str">
         <f>IF((C57=""),"",ROUNDUP(Referentie!$A$14,0))</f>
         <v/>
       </c>
-      <c r="D60" s="56"/>
-[...1 lines deleted...]
-    <row r="61" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D60" s="57"/>
+    </row>
+    <row r="61" spans="2:4">
       <c r="B61" s="7" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="C61" s="53" t="str">
+        <v>47</v>
+      </c>
+      <c r="C61" s="54" t="str">
         <f>IF((C58=""),"",C60*C58)</f>
         <v/>
       </c>
-      <c r="D61" s="54"/>
-[...1 lines deleted...]
-    <row r="62" spans="2:4" ht="60" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D61" s="55"/>
+    </row>
+    <row r="62" spans="2:4" ht="60" customHeight="1">
       <c r="B62" s="27" t="s">
-        <v>147</v>
-[...11 lines deleted...]
-    <row r="64" spans="2:4" x14ac:dyDescent="0.25">
+        <v>48</v>
+      </c>
+      <c r="C62" s="56"/>
+      <c r="D62" s="56"/>
+    </row>
+    <row r="63" spans="2:4">
+      <c r="B63" s="80" t="s">
+        <v>49</v>
+      </c>
+      <c r="C63" s="81"/>
+      <c r="D63" s="82"/>
+    </row>
+    <row r="64" spans="2:4">
       <c r="B64" s="7" t="s">
-        <v>97</v>
-[...4 lines deleted...]
-    <row r="65" spans="2:4" x14ac:dyDescent="0.25">
+        <v>36</v>
+      </c>
+      <c r="C64" s="61"/>
+      <c r="D64" s="61"/>
+    </row>
+    <row r="65" spans="2:4">
       <c r="B65" s="7" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="C65" s="56" t="str">
+        <v>37</v>
+      </c>
+      <c r="C65" s="57" t="str">
         <f>IF((C64=""),"",VLOOKUP('NGZ formulier'!C64,Referentie!G:H,2,0))</f>
         <v/>
       </c>
-      <c r="D65" s="56"/>
-[...1 lines deleted...]
-    <row r="66" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D65" s="57"/>
+    </row>
+    <row r="66" spans="2:4">
       <c r="B66" s="7" t="s">
-        <v>98</v>
-[...4 lines deleted...]
-    <row r="67" spans="2:4" x14ac:dyDescent="0.25">
+        <v>38</v>
+      </c>
+      <c r="C66" s="62"/>
+      <c r="D66" s="50"/>
+    </row>
+    <row r="67" spans="2:4">
       <c r="B67" s="7" t="s">
-        <v>99</v>
-[...4 lines deleted...]
-    <row r="68" spans="2:4" x14ac:dyDescent="0.25">
+        <v>39</v>
+      </c>
+      <c r="C67" s="62"/>
+      <c r="D67" s="50"/>
+    </row>
+    <row r="68" spans="2:4">
       <c r="B68" s="7" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="C68" s="56" t="str">
+        <v>40</v>
+      </c>
+      <c r="C68" s="57" t="str">
         <f>IF((C67=""),"",(C67-C66)+1)</f>
         <v/>
       </c>
-      <c r="D68" s="56"/>
-[...1 lines deleted...]
-    <row r="69" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D68" s="57"/>
+    </row>
+    <row r="69" spans="2:4">
       <c r="B69" s="7" t="s">
-        <v>119</v>
-[...4 lines deleted...]
-    <row r="70" spans="2:4" x14ac:dyDescent="0.25">
+        <v>41</v>
+      </c>
+      <c r="C69" s="50"/>
+      <c r="D69" s="50"/>
+    </row>
+    <row r="70" spans="2:4">
       <c r="B70" s="7" t="s">
-        <v>117</v>
-[...4 lines deleted...]
-    <row r="71" spans="2:4" x14ac:dyDescent="0.25">
+        <v>42</v>
+      </c>
+      <c r="C70" s="50"/>
+      <c r="D70" s="50"/>
+    </row>
+    <row r="71" spans="2:4">
       <c r="B71" s="7" t="s">
-        <v>118</v>
-[...4 lines deleted...]
-    <row r="72" spans="2:4" x14ac:dyDescent="0.25">
+        <v>43</v>
+      </c>
+      <c r="C71" s="50"/>
+      <c r="D71" s="50"/>
+    </row>
+    <row r="72" spans="2:4">
       <c r="B72" s="7" t="s">
-        <v>116</v>
-[...4 lines deleted...]
-    <row r="73" spans="2:4" x14ac:dyDescent="0.25">
+        <v>44</v>
+      </c>
+      <c r="C72" s="79"/>
+      <c r="D72" s="79"/>
+    </row>
+    <row r="73" spans="2:4">
       <c r="B73" s="7" t="s">
-        <v>157</v>
-[...4 lines deleted...]
-    <row r="74" spans="2:4" x14ac:dyDescent="0.25">
+        <v>45</v>
+      </c>
+      <c r="C73" s="79"/>
+      <c r="D73" s="79"/>
+    </row>
+    <row r="74" spans="2:4">
       <c r="B74" s="7" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="C74" s="56" t="str">
+        <v>46</v>
+      </c>
+      <c r="C74" s="57" t="str">
         <f>IF((C71=""),"",ROUNDUP(Referentie!$A$6,0))</f>
         <v/>
       </c>
-      <c r="D74" s="56"/>
-[...1 lines deleted...]
-    <row r="75" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D74" s="57"/>
+    </row>
+    <row r="75" spans="2:4">
       <c r="B75" s="7" t="s">
-        <v>120</v>
-[...1 lines deleted...]
-      <c r="C75" s="53" t="str">
+        <v>47</v>
+      </c>
+      <c r="C75" s="54" t="str">
         <f>IF((C72=""),"",C74*C72)</f>
         <v/>
       </c>
-      <c r="D75" s="54"/>
-[...1 lines deleted...]
-    <row r="76" spans="2:4" ht="60.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D75" s="55"/>
+    </row>
+    <row r="76" spans="2:4" ht="60.6" customHeight="1">
       <c r="B76" s="27" t="s">
-        <v>148</v>
-[...11 lines deleted...]
-    <row r="78" spans="2:4" x14ac:dyDescent="0.25">
+        <v>50</v>
+      </c>
+      <c r="C76" s="56"/>
+      <c r="D76" s="56"/>
+    </row>
+    <row r="77" spans="2:4">
+      <c r="B77" s="80" t="s">
+        <v>51</v>
+      </c>
+      <c r="C77" s="81"/>
+      <c r="D77" s="82"/>
+    </row>
+    <row r="78" spans="2:4">
       <c r="B78" s="7" t="s">
-        <v>97</v>
-[...4 lines deleted...]
-    <row r="79" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>36</v>
+      </c>
+      <c r="C78" s="50"/>
+      <c r="D78" s="50"/>
+    </row>
+    <row r="79" spans="2:4" ht="14.45" customHeight="1">
       <c r="B79" s="7" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="C79" s="56" t="str">
+        <v>37</v>
+      </c>
+      <c r="C79" s="57" t="str">
         <f>IF((C78=""),"",VLOOKUP('NGZ formulier'!C78,Referentie!G:H,2,0))</f>
         <v/>
       </c>
-      <c r="D79" s="56"/>
-[...1 lines deleted...]
-    <row r="80" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D79" s="57"/>
+    </row>
+    <row r="80" spans="2:4" ht="14.45" customHeight="1">
       <c r="B80" s="7" t="s">
-        <v>98</v>
-[...4 lines deleted...]
-    <row r="81" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>38</v>
+      </c>
+      <c r="C80" s="62"/>
+      <c r="D80" s="50"/>
+    </row>
+    <row r="81" spans="2:4" ht="14.45" customHeight="1">
       <c r="B81" s="7" t="s">
-        <v>99</v>
-[...4 lines deleted...]
-    <row r="82" spans="2:4" x14ac:dyDescent="0.25">
+        <v>39</v>
+      </c>
+      <c r="C81" s="62"/>
+      <c r="D81" s="50"/>
+    </row>
+    <row r="82" spans="2:4">
       <c r="B82" s="7" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="C82" s="65" t="str">
+        <v>40</v>
+      </c>
+      <c r="C82" s="66" t="str">
         <f>IF((C81=""),"",(C81-C80)+1)</f>
         <v/>
       </c>
-      <c r="D82" s="65"/>
-[...1 lines deleted...]
-    <row r="83" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D82" s="66"/>
+    </row>
+    <row r="83" spans="2:4" ht="14.45" customHeight="1">
       <c r="B83" s="7" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="C83" s="56" t="str">
+        <v>41</v>
+      </c>
+      <c r="C83" s="57" t="str">
         <f>IF((C79=""),"",VLOOKUP(C79,Referentie!H:K,4,0))</f>
         <v/>
       </c>
-      <c r="D83" s="56"/>
-[...1 lines deleted...]
-    <row r="84" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D83" s="57"/>
+    </row>
+    <row r="84" spans="2:4" ht="14.45" customHeight="1">
       <c r="B84" s="7" t="s">
-        <v>117</v>
-[...1 lines deleted...]
-      <c r="C84" s="56" t="str">
+        <v>42</v>
+      </c>
+      <c r="C84" s="57" t="str">
         <f>IF((C79=""),"",VLOOKUP(C79,Referentie!H:O,8,0))</f>
         <v/>
       </c>
-      <c r="D84" s="56"/>
-[...1 lines deleted...]
-    <row r="85" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="D84" s="57"/>
+    </row>
+    <row r="85" spans="2:4" ht="14.45" customHeight="1">
       <c r="B85" s="7" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="C85" s="56" t="str">
+        <v>43</v>
+      </c>
+      <c r="C85" s="57" t="str">
         <f>IF((C79=""),"",VLOOKUP(C79,Referentie!H:L,5,0))</f>
         <v/>
       </c>
-      <c r="D85" s="56"/>
-[...1 lines deleted...]
-    <row r="86" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="D85" s="57"/>
+    </row>
+    <row r="86" spans="2:4">
       <c r="B86" s="7" t="s">
-        <v>116</v>
-[...4 lines deleted...]
-    <row r="87" spans="2:4" ht="70.150000000000006" customHeight="1" x14ac:dyDescent="0.25">
+        <v>44</v>
+      </c>
+      <c r="C86" s="70"/>
+      <c r="D86" s="70"/>
+    </row>
+    <row r="87" spans="2:4" ht="70.150000000000006" customHeight="1">
       <c r="B87" s="26" t="s">
-        <v>198</v>
-[...11 lines deleted...]
-    <row r="89" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>52</v>
+      </c>
+      <c r="C87" s="56"/>
+      <c r="D87" s="56"/>
+    </row>
+    <row r="88" spans="2:4" ht="14.45" customHeight="1">
+      <c r="B88" s="60" t="s">
+        <v>53</v>
+      </c>
+      <c r="C88" s="60"/>
+      <c r="D88" s="60"/>
+    </row>
+    <row r="89" spans="2:4" ht="14.45" customHeight="1">
       <c r="B89" s="7" t="s">
-        <v>100</v>
-[...4 lines deleted...]
-    <row r="90" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>54</v>
+      </c>
+      <c r="C89" s="50"/>
+      <c r="D89" s="50"/>
+    </row>
+    <row r="90" spans="2:4" ht="14.45" customHeight="1">
       <c r="B90" s="7" t="s">
-        <v>153</v>
-[...4 lines deleted...]
-    <row r="91" spans="2:4" x14ac:dyDescent="0.25">
+        <v>55</v>
+      </c>
+      <c r="C90" s="50"/>
+      <c r="D90" s="50"/>
+    </row>
+    <row r="91" spans="2:4">
       <c r="B91" s="7" t="s">
-        <v>114</v>
-[...4 lines deleted...]
-    <row r="92" spans="2:4" x14ac:dyDescent="0.25">
+        <v>56</v>
+      </c>
+      <c r="C91" s="50"/>
+      <c r="D91" s="50"/>
+    </row>
+    <row r="92" spans="2:4">
       <c r="B92" s="7" t="s">
-        <v>150</v>
-[...4 lines deleted...]
-    <row r="93" spans="2:4" x14ac:dyDescent="0.25">
+        <v>57</v>
+      </c>
+      <c r="C92" s="50"/>
+      <c r="D92" s="50"/>
+    </row>
+    <row r="93" spans="2:4">
       <c r="B93" s="7" t="s">
-        <v>154</v>
-[...4 lines deleted...]
-    <row r="94" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>58</v>
+      </c>
+      <c r="C93" s="50"/>
+      <c r="D93" s="50"/>
+    </row>
+    <row r="94" spans="2:4" ht="14.45" customHeight="1">
       <c r="B94" s="7" t="s">
-        <v>101</v>
-[...4 lines deleted...]
-    <row r="95" spans="2:4" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+        <v>59</v>
+      </c>
+      <c r="C94" s="50"/>
+      <c r="D94" s="50"/>
+    </row>
+    <row r="95" spans="2:4" ht="15.6" customHeight="1">
       <c r="B95" s="7" t="s">
-        <v>167</v>
-[...4 lines deleted...]
-    <row r="96" spans="2:4" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>60</v>
+      </c>
+      <c r="C95" s="50"/>
+      <c r="D95" s="50"/>
+    </row>
+    <row r="96" spans="2:4" ht="14.45" customHeight="1">
       <c r="B96" s="7" t="s">
-        <v>103</v>
-[...4 lines deleted...]
-    <row r="97" spans="2:5" x14ac:dyDescent="0.25">
+        <v>17</v>
+      </c>
+      <c r="C96" s="50"/>
+      <c r="D96" s="50"/>
+    </row>
+    <row r="97" spans="2:5">
       <c r="B97" s="7" t="s">
-        <v>104</v>
-[...4 lines deleted...]
-    <row r="98" spans="2:5" x14ac:dyDescent="0.25">
+        <v>8</v>
+      </c>
+      <c r="C97" s="50"/>
+      <c r="D97" s="50"/>
+    </row>
+    <row r="98" spans="2:5">
       <c r="B98" s="7" t="s">
-        <v>84</v>
-[...4 lines deleted...]
-    <row r="99" spans="2:5" x14ac:dyDescent="0.25">
+        <v>9</v>
+      </c>
+      <c r="C98" s="50"/>
+      <c r="D98" s="50"/>
+    </row>
+    <row r="99" spans="2:5">
       <c r="B99" s="7" t="s">
-        <v>151</v>
-[...4 lines deleted...]
-    <row r="100" spans="2:5" x14ac:dyDescent="0.25">
+        <v>61</v>
+      </c>
+      <c r="C99" s="50"/>
+      <c r="D99" s="50"/>
+    </row>
+    <row r="100" spans="2:5">
       <c r="B100" s="7" t="s">
-        <v>105</v>
-[...4 lines deleted...]
-    <row r="101" spans="2:5" x14ac:dyDescent="0.25">
+        <v>62</v>
+      </c>
+      <c r="C100" s="50"/>
+      <c r="D100" s="50"/>
+    </row>
+    <row r="101" spans="2:5">
       <c r="B101" s="7" t="s">
-        <v>109</v>
-[...4 lines deleted...]
-    <row r="102" spans="2:5" x14ac:dyDescent="0.25">
+        <v>63</v>
+      </c>
+      <c r="C101" s="67"/>
+      <c r="D101" s="68"/>
+    </row>
+    <row r="102" spans="2:5">
       <c r="B102" s="7" t="s">
-        <v>110</v>
-[...4 lines deleted...]
-    <row r="103" spans="2:5" x14ac:dyDescent="0.25">
+        <v>64</v>
+      </c>
+      <c r="C102" s="67"/>
+      <c r="D102" s="68"/>
+    </row>
+    <row r="103" spans="2:5">
       <c r="B103" s="7" t="s">
-        <v>106</v>
-[...4 lines deleted...]
-    <row r="104" spans="2:5" x14ac:dyDescent="0.25">
+        <v>65</v>
+      </c>
+      <c r="C103" s="50"/>
+      <c r="D103" s="50"/>
+    </row>
+    <row r="104" spans="2:5">
       <c r="B104" s="7" t="s">
-        <v>128</v>
-[...4 lines deleted...]
-    <row r="105" spans="2:5" x14ac:dyDescent="0.25">
+        <v>66</v>
+      </c>
+      <c r="C104" s="50"/>
+      <c r="D104" s="50"/>
+    </row>
+    <row r="105" spans="2:5">
       <c r="B105" s="9" t="s">
-        <v>107</v>
-[...8 lines deleted...]
-      <c r="C106" s="58"/>
+        <v>67</v>
+      </c>
+      <c r="C105" s="69"/>
+      <c r="D105" s="69"/>
+    </row>
+    <row r="106" spans="2:5">
+      <c r="B106" s="58" t="s">
+        <v>68</v>
+      </c>
+      <c r="C106" s="59"/>
       <c r="D106" s="23"/>
       <c r="E106" s="24"/>
     </row>
-    <row r="107" spans="2:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C107" s="58"/>
+    <row r="107" spans="2:5">
+      <c r="B107" s="58" t="s">
+        <v>69</v>
+      </c>
+      <c r="C107" s="59"/>
       <c r="D107" s="23"/>
       <c r="E107" s="24"/>
     </row>
-    <row r="108" spans="2:5" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C108" s="58"/>
+    <row r="108" spans="2:5">
+      <c r="B108" s="58" t="s">
+        <v>70</v>
+      </c>
+      <c r="C108" s="59"/>
       <c r="D108" s="23"/>
     </row>
-    <row r="109" spans="2:5" x14ac:dyDescent="0.25">
+    <row r="109" spans="2:5">
       <c r="B109" s="10" t="s">
-        <v>108</v>
-[...4 lines deleted...]
-    <row r="110" spans="2:5" ht="14.45" customHeight="1" x14ac:dyDescent="0.25">
+        <v>71</v>
+      </c>
+      <c r="C109" s="72"/>
+      <c r="D109" s="73"/>
+    </row>
+    <row r="110" spans="2:5" ht="14.45" customHeight="1">
       <c r="B110" s="25" t="str">
         <f>IF(OR(D106=Referentie!B2,D107=Referentie!B2,D108=Referentie!B2),"*Als u niet voor bepaald berichten geen gebruik kan maken van het berichtenverkeer kunt u hier een toelichting geven.","")</f>
         <v/>
       </c>
-      <c r="C110" s="73"/>
-[...2 lines deleted...]
-    <row r="111" spans="2:5" ht="35.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C110" s="74"/>
+      <c r="D110" s="75"/>
+    </row>
+    <row r="111" spans="2:5" ht="35.25" customHeight="1">
       <c r="B111" s="31" t="str">
         <f>IF(AND(C100&lt;1,C101&lt;1,C102&lt;1),"*Als u niet geregistreerd (AGB/SKJ/BIG) bent, kunt u hier uitleggen waarom een registratie voor de door u te leveren jeugdhulp niet noodzakelijk is.","")</f>
         <v>*Als u niet geregistreerd (AGB/SKJ/BIG) bent, kunt u hier uitleggen waarom een registratie voor de door u te leveren jeugdhulp niet noodzakelijk is.</v>
       </c>
-      <c r="C111" s="75"/>
-[...13 lines deleted...]
-      <c r="C113" s="48"/>
+      <c r="C111" s="76"/>
+      <c r="D111" s="77"/>
+    </row>
+    <row r="112" spans="2:5">
+      <c r="B112" s="51" t="s">
+        <v>72</v>
+      </c>
+      <c r="C112" s="52"/>
+      <c r="D112" s="53"/>
+    </row>
+    <row r="113" spans="2:4">
+      <c r="B113" s="48" t="s">
+        <v>73</v>
+      </c>
+      <c r="C113" s="49"/>
       <c r="D113" s="12"/>
     </row>
-    <row r="114" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C114" s="48"/>
+    <row r="114" spans="2:4">
+      <c r="B114" s="48" t="s">
+        <v>74</v>
+      </c>
+      <c r="C114" s="49"/>
       <c r="D114" s="12"/>
     </row>
-    <row r="115" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C115" s="48"/>
+    <row r="115" spans="2:4">
+      <c r="B115" s="48" t="s">
+        <v>75</v>
+      </c>
+      <c r="C115" s="49"/>
       <c r="D115" s="12"/>
     </row>
-    <row r="116" spans="2:4" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="C116" s="48"/>
+    <row r="116" spans="2:4">
+      <c r="B116" s="48" t="s">
+        <v>76</v>
+      </c>
+      <c r="C116" s="49"/>
       <c r="D116" s="12"/>
     </row>
-    <row r="117" spans="2:4" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-    <row r="118" spans="2:4" x14ac:dyDescent="0.25">
+    <row r="117" spans="2:4">
+      <c r="B117" s="71" t="s">
+        <v>77</v>
+      </c>
+      <c r="C117" s="60"/>
+      <c r="D117" s="60"/>
+    </row>
+    <row r="118" spans="2:4">
       <c r="B118" s="30" t="s">
-        <v>113</v>
-[...4 lines deleted...]
-    <row r="119" spans="2:4" x14ac:dyDescent="0.25">
+        <v>78</v>
+      </c>
+      <c r="C118" s="64"/>
+      <c r="D118" s="65"/>
+    </row>
+    <row r="119" spans="2:4">
       <c r="B119" s="30" t="s">
-        <v>124</v>
-[...4 lines deleted...]
-    <row r="120" spans="2:4" x14ac:dyDescent="0.25"/>
+        <v>79</v>
+      </c>
+      <c r="C119" s="64"/>
+      <c r="D119" s="65"/>
+    </row>
+    <row r="120" spans="2:4"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Qs0k17CzhEQSuFZ1h5jmjtysQwzFjz3F0v9favJ0peg8LW0txAe9DpkTpyD0NmTlgZgovhC/PE6Dq2Mug4C6dQ==" saltValue="Cikd/mGN4V4bb7ejJU3tyA==" spinCount="100000" sheet="1" formatRows="0" selectLockedCells="1"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1" formatRows="0"/>
   <protectedRanges>
     <protectedRange sqref="B112:D116 B2:D5 B117:D119 B6:D114" name="Bereik1"/>
   </protectedRanges>
   <mergeCells count="113">
     <mergeCell ref="C22:D22"/>
     <mergeCell ref="B116:C116"/>
     <mergeCell ref="B49:D49"/>
     <mergeCell ref="C50:D50"/>
     <mergeCell ref="C51:D51"/>
     <mergeCell ref="C52:D52"/>
     <mergeCell ref="C53:D53"/>
     <mergeCell ref="C73:D73"/>
     <mergeCell ref="B14:D14"/>
     <mergeCell ref="C21:D21"/>
     <mergeCell ref="C37:D37"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="C35:D35"/>
     <mergeCell ref="C18:D18"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="B31:D31"/>
     <mergeCell ref="B108:C108"/>
     <mergeCell ref="B24:D24"/>
     <mergeCell ref="B63:D63"/>
     <mergeCell ref="B77:D77"/>
@@ -2970,59 +2983,59 @@
     <cfRule type="containsBlanks" dxfId="8" priority="39">
       <formula>LEN(TRIM(C18))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C50 C52:C53 C55:C59 C62">
     <cfRule type="containsBlanks" dxfId="7" priority="14">
       <formula>LEN(TRIM(C50))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C69:C73">
     <cfRule type="containsBlanks" dxfId="6" priority="10">
       <formula>LEN(TRIM(C69))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C78 C80:C81 C86:C87">
     <cfRule type="containsBlanks" dxfId="5" priority="18">
       <formula>LEN(TRIM(C78))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C39:D39">
     <cfRule type="containsBlanks" dxfId="4" priority="41">
       <formula>LEN(TRIM(C39))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D106:D108">
-    <cfRule type="containsBlanks" dxfId="2" priority="15">
+    <cfRule type="containsBlanks" dxfId="3" priority="15">
       <formula>LEN(TRIM(D106))=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D116">
-    <cfRule type="expression" dxfId="1" priority="1">
+    <cfRule type="expression" dxfId="2" priority="1">
       <formula>OR($D$116="Ja ",$D$116="Nee")=TRUE</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="0" priority="2">
+    <cfRule type="expression" dxfId="1" priority="2">
       <formula>OR($D$51="NGZ03",$D$65="NGZ03",$C$51="NGZ03",$C$65="NGZ03")=TRUE</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="7">
     <dataValidation operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D29" xr:uid="{6FAD83FA-FB59-4C92-AB9A-CCE397A07161}"/>
     <dataValidation type="date" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8" xr:uid="{996B05F2-3667-4D21-84C9-65465D46AAA5}">
       <formula1>36526</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C9" xr:uid="{9DEA9A06-4C31-420E-93A0-7615636FE5FB}">
       <formula1>9</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C21:C22 C20:D20 C17" xr:uid="{29A0FE15-DACB-40E7-BD87-054F52D7A1E8}">
       <formula1>7</formula1>
     </dataValidation>
     <dataValidation type="date" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C66:D66 C80:D80 C52:D52" xr:uid="{EC569217-034F-4FB2-B329-4F9F6EE84C54}">
       <formula1>43831</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C18:D18" xr:uid="{F8C127EA-7FA8-4A61-AAD5-7AED9C9A5A37}">
       <formula1>3</formula1>
     </dataValidation>
     <dataValidation type="textLength" operator="greaterThan" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C19:D19" xr:uid="{8D4F9691-829A-4516-84D3-6DF6E06045A1}">
       <formula1>5</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.55118110236220474" bottom="0.55118110236220474" header="0.31496062992125984" footer="0.31496062992125984"/>
@@ -3111,999 +3124,1027 @@
           </x14:formula1>
           <xm:sqref>C13:D13</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{86D00466-E48E-42C9-A14E-16BA395FEB1B}">
           <x14:formula1>
             <xm:f>Referentie!$G$25:$G$35</xm:f>
           </x14:formula1>
           <xm:sqref>C78:D78</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{52C8B7DD-E2EC-491C-8022-1D070681618C}">
           <x14:formula1>
             <xm:f>Referentie!$G$1:$G$24</xm:f>
           </x14:formula1>
           <xm:sqref>C64:D64 C50:D50</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{20416778-19FD-4907-A280-7F061692EB22}">
   <dimension ref="A1:U35"/>
   <sheetViews>
-    <sheetView topLeftCell="A12" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="O34" sqref="O25:O34"/>
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="I24" sqref="I24"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="18.7109375" customWidth="1"/>
     <col min="2" max="2" width="12.85546875" bestFit="1" customWidth="1"/>
     <col min="3" max="5" width="12.85546875" customWidth="1"/>
     <col min="6" max="6" width="32.28515625" customWidth="1"/>
     <col min="7" max="7" width="30" customWidth="1"/>
     <col min="13" max="13" width="11.85546875" customWidth="1"/>
     <col min="15" max="15" width="11" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:21" ht="15.75" thickBot="1">
       <c r="A1" s="32" t="s">
-        <v>137</v>
+        <v>80</v>
       </c>
       <c r="B1" s="19" t="s">
-        <v>5</v>
+        <v>81</v>
       </c>
       <c r="C1" t="s">
-        <v>130</v>
+        <v>82</v>
       </c>
       <c r="D1" t="s">
-        <v>155</v>
+        <v>83</v>
       </c>
       <c r="E1" t="s">
-        <v>158</v>
+        <v>84</v>
       </c>
       <c r="F1" s="1" t="s">
-        <v>17</v>
+        <v>85</v>
       </c>
       <c r="O1" s="5" t="s">
-        <v>69</v>
+        <v>86</v>
       </c>
       <c r="P1" t="s">
-        <v>122</v>
+        <v>87</v>
       </c>
       <c r="Q1" t="s">
-        <v>80</v>
+        <v>88</v>
       </c>
       <c r="R1" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="S1" t="s">
-        <v>91</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:21" x14ac:dyDescent="0.25">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="2" spans="1:21">
       <c r="A2" s="20">
         <f>'NGZ formulier'!$C$66-1</f>
         <v>-1</v>
       </c>
       <c r="B2" s="19" t="s">
-        <v>6</v>
+        <v>91</v>
       </c>
       <c r="C2" t="s">
-        <v>131</v>
+        <v>92</v>
       </c>
       <c r="D2" t="s">
-        <v>156</v>
+        <v>93</v>
       </c>
       <c r="E2" t="s">
-        <v>159</v>
+        <v>94</v>
       </c>
       <c r="F2" t="s">
-        <v>7</v>
+        <v>95</v>
       </c>
       <c r="G2" s="2" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="H2" s="2" t="s">
-        <v>18</v>
+        <v>97</v>
       </c>
       <c r="I2" s="2">
         <v>50</v>
       </c>
       <c r="J2" s="2" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="K2" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L2" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M2" s="4"/>
       <c r="O2" s="5" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P2" t="s">
-        <v>126</v>
+        <v>102</v>
       </c>
       <c r="Q2" t="s">
-        <v>82</v>
+        <v>103</v>
       </c>
       <c r="R2" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="S2" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:21" x14ac:dyDescent="0.25">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="3" spans="1:21">
       <c r="A3" s="20">
         <f>'NGZ formulier'!$C$67</f>
         <v>0</v>
       </c>
       <c r="B3" s="19"/>
       <c r="F3" t="s">
-        <v>8</v>
+        <v>106</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="H3" s="2" t="s">
-        <v>23</v>
+        <v>108</v>
       </c>
       <c r="I3" s="2">
         <v>44</v>
       </c>
       <c r="J3" s="2" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="K3" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L3" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M3" s="3"/>
       <c r="O3" s="5" t="s">
-        <v>71</v>
+        <v>110</v>
       </c>
       <c r="P3" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="Q3" t="s">
-        <v>81</v>
+        <v>112</v>
       </c>
       <c r="R3" t="s">
-        <v>88</v>
+        <v>113</v>
       </c>
       <c r="S3" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-    <row r="4" spans="1:21" x14ac:dyDescent="0.25">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="4" spans="1:21">
       <c r="A4" s="21" t="b">
         <f>IF('NGZ formulier'!C71="DAG",DATEDIF(A2,A3,"d"),IF('NGZ formulier'!C71="WEEK",DATEDIF(A2,A3,"d")/7,IF('NGZ formulier'!C71="MAAND",DATEDIF(A2,A3,"d")/30.4166667,IF('NGZ formulier'!C71="JAAR",DATEDIF(A2,A3,"d")/365,IF('NGZ formulier'!C71="TOTAAL DUUR",'NGZ formulier'!C69)))))</f>
         <v>0</v>
       </c>
       <c r="B4" s="19"/>
       <c r="F4" t="s">
-        <v>9</v>
+        <v>115</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>27</v>
+        <v>116</v>
       </c>
       <c r="H4" s="2" t="s">
-        <v>26</v>
+        <v>117</v>
       </c>
       <c r="I4" s="2">
         <v>44</v>
       </c>
       <c r="J4" s="2" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="K4" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L4" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M4" s="3"/>
       <c r="O4" s="5" t="s">
-        <v>72</v>
+        <v>118</v>
       </c>
       <c r="P4" t="s">
-        <v>73</v>
+        <v>119</v>
       </c>
       <c r="S4" t="s">
-        <v>161</v>
+        <v>120</v>
       </c>
       <c r="T4" t="b" cm="1">
         <f t="array" ref="T4:U4">IF('NGZ formulier'!C39:D39=Referentie!S4,FALSE,TRUE)</f>
         <v>1</v>
       </c>
       <c r="U4" t="b">
         <v>1</v>
       </c>
     </row>
-    <row r="5" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:21">
       <c r="A5" s="22" t="b">
         <f>A4</f>
         <v>0</v>
       </c>
       <c r="B5" s="19"/>
       <c r="F5" t="s">
-        <v>10</v>
+        <v>121</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="H5" s="2" t="s">
-        <v>28</v>
+        <v>123</v>
       </c>
       <c r="I5" s="2">
         <v>44</v>
       </c>
       <c r="J5" s="2" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="K5" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L5" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M5" s="3"/>
       <c r="O5" s="5" t="s">
-        <v>73</v>
+        <v>119</v>
       </c>
       <c r="P5" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:21" x14ac:dyDescent="0.25">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="6" spans="1:21">
       <c r="A6" s="19">
         <f>IF(NOT('NGZ formulier'!C71="TOTAAL DUUR"),(Referentie!A5*'NGZ formulier'!C69),'NGZ formulier'!C69)</f>
         <v>0</v>
       </c>
       <c r="B6" s="19"/>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>125</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>31</v>
+        <v>126</v>
       </c>
       <c r="H6" s="2" t="s">
-        <v>30</v>
+        <v>127</v>
       </c>
       <c r="I6" s="2">
         <v>44</v>
       </c>
       <c r="J6" s="2" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="K6" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L6" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M6" s="3"/>
       <c r="O6" s="5" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-    <row r="7" spans="1:21" x14ac:dyDescent="0.25">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="7" spans="1:21">
       <c r="A7" s="19"/>
       <c r="B7" s="19"/>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>129</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>33</v>
+        <v>130</v>
       </c>
       <c r="H7" s="2" t="s">
-        <v>32</v>
+        <v>131</v>
       </c>
       <c r="I7" s="2">
         <v>44</v>
       </c>
       <c r="J7" s="2" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="K7" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L7" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M7" s="3"/>
       <c r="O7" s="5" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-    <row r="8" spans="1:21" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="8" spans="1:21" ht="15.75" thickBot="1">
       <c r="A8" s="19"/>
       <c r="B8" s="19"/>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>133</v>
       </c>
       <c r="G8" s="2" t="s">
-        <v>35</v>
+        <v>134</v>
       </c>
       <c r="H8" s="2" t="s">
-        <v>34</v>
+        <v>135</v>
       </c>
       <c r="I8" s="2">
         <v>41</v>
       </c>
       <c r="J8" s="2" t="s">
-        <v>36</v>
+        <v>136</v>
       </c>
       <c r="K8" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L8" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M8" s="3"/>
       <c r="O8" s="6" t="s">
-        <v>76</v>
-[...2 lines deleted...]
-    <row r="9" spans="1:21" x14ac:dyDescent="0.25">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21">
       <c r="A9" s="32" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="B9" s="19"/>
       <c r="F9" t="s">
-        <v>14</v>
+        <v>139</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>38</v>
+        <v>140</v>
       </c>
       <c r="H9" s="2" t="s">
-        <v>37</v>
+        <v>141</v>
       </c>
       <c r="I9" s="2">
         <v>44</v>
       </c>
       <c r="J9" s="2" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="K9" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L9" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M9" s="3"/>
     </row>
-    <row r="10" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:21">
       <c r="A10" s="20">
         <f>'NGZ formulier'!$C$52-1</f>
         <v>-1</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>142</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>40</v>
+        <v>143</v>
       </c>
       <c r="H10" s="2" t="s">
-        <v>39</v>
+        <v>144</v>
       </c>
       <c r="I10" s="2">
         <v>42</v>
       </c>
       <c r="J10" s="2" t="s">
-        <v>41</v>
+        <v>145</v>
       </c>
       <c r="K10" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L10" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M10" s="3"/>
     </row>
-    <row r="11" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:21">
       <c r="A11" s="20">
         <f>'NGZ formulier'!$C$53</f>
         <v>0</v>
       </c>
       <c r="F11" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>43</v>
+        <v>147</v>
       </c>
       <c r="H11" s="2" t="s">
-        <v>42</v>
+        <v>148</v>
       </c>
       <c r="I11" s="2">
         <v>54</v>
       </c>
       <c r="J11" s="2" t="s">
-        <v>44</v>
+        <v>149</v>
       </c>
       <c r="K11" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L11" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M11" s="3"/>
     </row>
-    <row r="12" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:21">
       <c r="A12" s="21" t="b">
         <f>IF('NGZ formulier'!C57="DAG",DATEDIF(A10,A11,"d"),IF('NGZ formulier'!C57="WEEK",DATEDIF(A10,A11,"d")/7,IF('NGZ formulier'!C57="MAAND",DATEDIF(A10,A11,"d")/30.4166667,IF('NGZ formulier'!C57="JAAR",DATEDIF(A10,A11,"d")/365,IF('NGZ formulier'!C57="TOTAAL DUUR",'NGZ formulier'!C55)))))</f>
         <v>0</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>46</v>
+        <v>150</v>
       </c>
       <c r="H12" s="2" t="s">
-        <v>45</v>
+        <v>151</v>
       </c>
       <c r="I12" s="2">
         <v>54</v>
       </c>
       <c r="J12" s="2" t="s">
-        <v>44</v>
+        <v>149</v>
       </c>
       <c r="K12" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L12" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M12" s="3"/>
     </row>
-    <row r="13" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:21">
       <c r="A13" s="22" t="b">
         <f>A12</f>
         <v>0</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>48</v>
+        <v>152</v>
       </c>
       <c r="H13" s="2" t="s">
-        <v>47</v>
+        <v>153</v>
       </c>
       <c r="I13" s="2">
         <v>54</v>
       </c>
       <c r="J13" s="2" t="s">
-        <v>44</v>
+        <v>149</v>
       </c>
       <c r="K13" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L13" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M13" s="3"/>
     </row>
-    <row r="14" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:21">
       <c r="A14" s="19">
         <f>IF(NOT('NGZ formulier'!C57="TOTAAL DUUR"),(Referentie!A13*'NGZ formulier'!C55),'NGZ formulier'!C55)</f>
         <v>0</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>50</v>
+        <v>154</v>
       </c>
       <c r="H14" s="2" t="s">
-        <v>49</v>
+        <v>155</v>
       </c>
       <c r="I14" s="2">
         <v>54</v>
       </c>
       <c r="J14" s="2" t="s">
-        <v>44</v>
+        <v>149</v>
       </c>
       <c r="K14" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L14" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M14" s="3"/>
     </row>
-    <row r="15" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:21">
       <c r="G15" s="2" t="s">
-        <v>52</v>
+        <v>156</v>
       </c>
       <c r="H15" s="2" t="s">
-        <v>51</v>
+        <v>157</v>
       </c>
       <c r="I15" s="2">
         <v>45</v>
       </c>
       <c r="J15" s="2" t="s">
-        <v>53</v>
+        <v>158</v>
       </c>
       <c r="K15" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L15" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M15" s="3"/>
     </row>
-    <row r="16" spans="1:21" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:21">
       <c r="G16" s="2" t="s">
-        <v>55</v>
+        <v>159</v>
       </c>
       <c r="H16" s="2" t="s">
-        <v>54</v>
+        <v>160</v>
       </c>
       <c r="I16" s="2">
         <v>45</v>
       </c>
       <c r="J16" s="2" t="s">
-        <v>53</v>
+        <v>158</v>
       </c>
       <c r="K16" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L16" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M16" s="3"/>
     </row>
-    <row r="17" spans="6:15" x14ac:dyDescent="0.25">
+    <row r="17" spans="6:15">
       <c r="G17" s="2" t="s">
-        <v>57</v>
+        <v>161</v>
       </c>
       <c r="H17" s="2" t="s">
-        <v>56</v>
+        <v>162</v>
       </c>
       <c r="I17" s="2">
         <v>45</v>
       </c>
       <c r="J17" s="2" t="s">
-        <v>53</v>
+        <v>158</v>
       </c>
       <c r="K17" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L17" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M17" s="3"/>
     </row>
-    <row r="18" spans="6:15" x14ac:dyDescent="0.25">
+    <row r="18" spans="6:15">
       <c r="G18" s="2" t="s">
-        <v>59</v>
+        <v>163</v>
       </c>
       <c r="H18" s="2" t="s">
-        <v>58</v>
+        <v>164</v>
       </c>
       <c r="I18" s="2">
         <v>45</v>
       </c>
       <c r="J18" s="2" t="s">
-        <v>53</v>
+        <v>158</v>
       </c>
       <c r="K18" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L18" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M18" s="3"/>
     </row>
-    <row r="19" spans="6:15" x14ac:dyDescent="0.25">
+    <row r="19" spans="6:15">
       <c r="G19" s="2" t="s">
-        <v>61</v>
+        <v>165</v>
       </c>
       <c r="H19" s="2" t="s">
-        <v>60</v>
+        <v>166</v>
       </c>
       <c r="I19" s="2">
         <v>40</v>
       </c>
       <c r="J19" s="2" t="s">
-        <v>62</v>
+        <v>167</v>
       </c>
       <c r="K19" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L19" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M19" s="3"/>
     </row>
-    <row r="20" spans="6:15" x14ac:dyDescent="0.25">
+    <row r="20" spans="6:15">
       <c r="G20" s="2" t="s">
-        <v>64</v>
+        <v>168</v>
       </c>
       <c r="H20" s="2" t="s">
-        <v>63</v>
+        <v>169</v>
       </c>
       <c r="I20" s="2">
         <v>54</v>
       </c>
       <c r="J20" s="2" t="s">
-        <v>44</v>
+        <v>149</v>
       </c>
       <c r="K20" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L20" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M20" s="3"/>
     </row>
-    <row r="21" spans="6:15" x14ac:dyDescent="0.25">
+    <row r="21" spans="6:15">
       <c r="G21" s="2" t="s">
-        <v>66</v>
+        <v>170</v>
       </c>
       <c r="H21" s="2" t="s">
-        <v>65</v>
+        <v>171</v>
       </c>
       <c r="I21" s="2">
         <v>44</v>
       </c>
       <c r="J21" s="2" t="s">
-        <v>25</v>
+        <v>109</v>
       </c>
       <c r="K21" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L21" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M21" s="3"/>
     </row>
-    <row r="22" spans="6:15" x14ac:dyDescent="0.25">
+    <row r="22" spans="6:15">
       <c r="G22" s="2" t="s">
-        <v>68</v>
+        <v>172</v>
       </c>
       <c r="H22" s="2" t="s">
-        <v>67</v>
+        <v>173</v>
       </c>
       <c r="I22" s="2">
         <v>45</v>
       </c>
       <c r="J22" s="2" t="s">
-        <v>53</v>
+        <v>158</v>
       </c>
       <c r="K22" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L22" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M22" s="3"/>
     </row>
-    <row r="23" spans="6:15" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>200</v>
+    <row r="23" spans="6:15">
+      <c r="G23" s="36" t="s">
+        <v>174</v>
       </c>
       <c r="H23" s="2" t="s">
-        <v>199</v>
+        <v>175</v>
       </c>
       <c r="I23" s="2">
         <v>50</v>
       </c>
       <c r="J23" s="2" t="s">
-        <v>20</v>
+        <v>98</v>
       </c>
       <c r="K23" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L23" s="3" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="M23" s="4"/>
     </row>
-    <row r="24" spans="6:15" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>145</v>
+    <row r="24" spans="6:15">
+      <c r="G24" s="36" t="s">
+        <v>176</v>
       </c>
       <c r="H24" s="2" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="25" spans="6:15" x14ac:dyDescent="0.25">
+        <v>177</v>
+      </c>
+      <c r="I24" s="2">
+        <v>43</v>
+      </c>
+      <c r="J24" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="K24" s="3"/>
+      <c r="L24" s="37" t="s">
+        <v>100</v>
+      </c>
+      <c r="M24" s="4"/>
+    </row>
+    <row r="25" spans="6:15" ht="30.75">
       <c r="F25" s="34"/>
-      <c r="G25" s="34" t="s">
-[...3 lines deleted...]
-        <v>142</v>
+      <c r="G25" s="36" t="s">
+        <v>179</v>
+      </c>
+      <c r="H25" s="2" t="s">
+        <v>180</v>
       </c>
       <c r="I25" s="3">
         <v>47</v>
       </c>
       <c r="J25" t="s">
-        <v>133</v>
+        <v>181</v>
       </c>
       <c r="K25" t="s">
-        <v>74</v>
+        <v>128</v>
       </c>
       <c r="L25" s="3" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-    <row r="26" spans="6:15" x14ac:dyDescent="0.25">
+        <v>111</v>
+      </c>
+      <c r="M25" s="35"/>
+    </row>
+    <row r="26" spans="6:15" ht="30.75">
       <c r="F26" s="34"/>
-      <c r="G26" s="34" t="s">
+      <c r="G26" s="36" t="s">
+        <v>182</v>
+      </c>
+      <c r="H26" s="2" t="s">
         <v>183</v>
-      </c>
-[...1 lines deleted...]
-        <v>190</v>
       </c>
       <c r="I26" s="3">
         <v>47</v>
       </c>
       <c r="J26" t="s">
-        <v>133</v>
+        <v>181</v>
       </c>
       <c r="K26" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L26" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="M26" s="36"/>
+        <v>100</v>
+      </c>
+      <c r="M26" s="38"/>
       <c r="O26" s="35"/>
     </row>
-    <row r="27" spans="6:15" x14ac:dyDescent="0.25">
+    <row r="27" spans="6:15" ht="30.75">
       <c r="F27" s="34"/>
-      <c r="G27" s="34" t="s">
+      <c r="G27" s="36" t="s">
         <v>184</v>
       </c>
-      <c r="H27" s="34" t="s">
-        <v>191</v>
+      <c r="H27" s="2" t="s">
+        <v>185</v>
       </c>
       <c r="I27" s="3">
         <v>47</v>
       </c>
       <c r="J27" t="s">
-        <v>133</v>
+        <v>181</v>
       </c>
       <c r="K27" t="s">
-        <v>74</v>
+        <v>128</v>
       </c>
       <c r="L27" s="3" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-    <row r="28" spans="6:15" x14ac:dyDescent="0.25">
+        <v>111</v>
+      </c>
+      <c r="M27" s="35"/>
+    </row>
+    <row r="28" spans="6:15">
       <c r="F28" s="34"/>
-      <c r="G28" s="34" t="s">
-[...3 lines deleted...]
-        <v>192</v>
+      <c r="G28" s="36" t="s">
+        <v>186</v>
+      </c>
+      <c r="H28" s="2" t="s">
+        <v>187</v>
       </c>
       <c r="I28" s="3">
         <v>47</v>
       </c>
       <c r="J28" t="s">
-        <v>133</v>
+        <v>181</v>
       </c>
       <c r="K28" t="s">
-        <v>74</v>
+        <v>128</v>
       </c>
       <c r="L28" s="3" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-    <row r="29" spans="6:15" x14ac:dyDescent="0.25">
+        <v>111</v>
+      </c>
+      <c r="M28" s="35"/>
+    </row>
+    <row r="29" spans="6:15" ht="30.75">
       <c r="F29" s="34"/>
-      <c r="G29" s="34" t="s">
-[...3 lines deleted...]
-        <v>193</v>
+      <c r="G29" s="36" t="s">
+        <v>188</v>
+      </c>
+      <c r="H29" s="2" t="s">
+        <v>189</v>
       </c>
       <c r="I29" s="3">
         <v>47</v>
       </c>
       <c r="J29" t="s">
-        <v>133</v>
+        <v>181</v>
       </c>
       <c r="K29" t="s">
-        <v>74</v>
+        <v>128</v>
       </c>
       <c r="L29" s="3" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-    <row r="30" spans="6:15" x14ac:dyDescent="0.25">
+        <v>111</v>
+      </c>
+      <c r="M29" s="35"/>
+    </row>
+    <row r="30" spans="6:15" ht="30.75">
       <c r="F30" s="34"/>
-      <c r="G30" s="34" t="s">
-[...3 lines deleted...]
-        <v>194</v>
+      <c r="G30" s="36" t="s">
+        <v>190</v>
+      </c>
+      <c r="H30" s="2" t="s">
+        <v>191</v>
       </c>
       <c r="I30" s="3">
         <v>47</v>
       </c>
       <c r="J30" t="s">
-        <v>133</v>
+        <v>181</v>
       </c>
       <c r="K30" t="s">
-        <v>74</v>
+        <v>128</v>
       </c>
       <c r="L30" s="3" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-    <row r="31" spans="6:15" x14ac:dyDescent="0.25">
+        <v>111</v>
+      </c>
+      <c r="M30" s="35"/>
+    </row>
+    <row r="31" spans="6:15">
       <c r="F31" s="34"/>
-      <c r="G31" s="34" t="s">
-[...3 lines deleted...]
-        <v>195</v>
+      <c r="G31" s="36" t="s">
+        <v>192</v>
+      </c>
+      <c r="H31" s="2" t="s">
+        <v>193</v>
       </c>
       <c r="I31" s="3">
         <v>47</v>
       </c>
       <c r="J31" t="s">
-        <v>133</v>
+        <v>181</v>
       </c>
       <c r="K31" t="s">
-        <v>74</v>
+        <v>128</v>
       </c>
       <c r="L31" s="3" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-    <row r="32" spans="6:15" x14ac:dyDescent="0.25">
+        <v>111</v>
+      </c>
+      <c r="M31" s="35"/>
+    </row>
+    <row r="32" spans="6:15">
       <c r="F32" s="34"/>
-      <c r="G32" s="34" t="s">
-[...3 lines deleted...]
-        <v>140</v>
+      <c r="G32" s="36" t="s">
+        <v>194</v>
+      </c>
+      <c r="H32" s="2" t="s">
+        <v>195</v>
       </c>
       <c r="I32" s="3">
         <v>48</v>
       </c>
       <c r="J32" t="s">
-        <v>135</v>
+        <v>196</v>
       </c>
       <c r="K32" t="s">
-        <v>74</v>
+        <v>128</v>
       </c>
       <c r="L32" s="3" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-    <row r="33" spans="6:15" x14ac:dyDescent="0.25">
+        <v>111</v>
+      </c>
+      <c r="M32" s="35"/>
+    </row>
+    <row r="33" spans="6:15">
       <c r="F33" s="34"/>
-      <c r="G33" s="34" t="s">
-[...3 lines deleted...]
-        <v>141</v>
+      <c r="G33" s="36" t="s">
+        <v>197</v>
+      </c>
+      <c r="H33" s="2" t="s">
+        <v>198</v>
       </c>
       <c r="I33" s="3">
         <v>48</v>
       </c>
       <c r="J33" t="s">
-        <v>135</v>
+        <v>196</v>
       </c>
       <c r="K33" t="s">
-        <v>74</v>
+        <v>128</v>
       </c>
       <c r="L33" s="3" t="s">
-        <v>123</v>
-[...3 lines deleted...]
-    <row r="34" spans="6:15" x14ac:dyDescent="0.25">
+        <v>111</v>
+      </c>
+      <c r="M33" s="35"/>
+    </row>
+    <row r="34" spans="6:15" ht="30.75">
       <c r="F34" s="34"/>
-      <c r="G34" s="34" t="s">
-[...3 lines deleted...]
-        <v>196</v>
+      <c r="G34" s="36" t="s">
+        <v>199</v>
+      </c>
+      <c r="H34" s="2" t="s">
+        <v>200</v>
       </c>
       <c r="I34" s="3">
         <v>49</v>
       </c>
       <c r="J34" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="K34" s="3" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="L34" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="M34" s="36"/>
+        <v>100</v>
+      </c>
+      <c r="M34" s="35"/>
       <c r="O34" s="35"/>
     </row>
-    <row r="35" spans="6:15" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>146</v>
+    <row r="35" spans="6:15">
+      <c r="G35" s="36" t="s">
+        <v>202</v>
       </c>
       <c r="H35" s="2" t="s">
-        <v>144</v>
+        <v>203</v>
       </c>
       <c r="L35" s="3"/>
       <c r="M35" s="35"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="r7mav/WWWrqRFeM2pgx6xGazhAes7wLcQjMNp1zF3Eif/hrbYFzwJaUZPHj/YOjOO29I77hgriwQWy4CUjAQUw==" saltValue="dCH7BCaNf6APx47WP9Y5wA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection sheet="1" objects="1" scenarios="1"/>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F8E3F7682F29864F97F548D8D3F07DEE" ma:contentTypeVersion="12" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="5e4441676286d8a6c453b285fd1a29dc">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b099e679-cfb0-44bb-992d-d6fa683e8247" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="75e0190422c836fdca5297dc9000100b" ns2:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Title4 xmlns="b099e679-cfb0-44bb-992d-d6fa683e8247" xsi:nil="true"/>
+    <Title3 xmlns="b099e679-cfb0-44bb-992d-d6fa683e8247" xsi:nil="true"/>
+    <Title2 xmlns="b099e679-cfb0-44bb-992d-d6fa683e8247" xsi:nil="true"/>
+    <Title1 xmlns="b099e679-cfb0-44bb-992d-d6fa683e8247" xsi:nil="true"/>
+    <Title0 xmlns="b099e679-cfb0-44bb-992d-d6fa683e8247" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="b099e679-cfb0-44bb-992d-d6fa683e8247">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100F8E3F7682F29864F97F548D8D3F07DEE" ma:contentTypeVersion="15" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="0af886befd17cea2489df68401446dee">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="b099e679-cfb0-44bb-992d-d6fa683e8247" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9a9d87da13302e541aef9c67fd61e068" ns2:_="">
     <xsd:import namespace="b099e679-cfb0-44bb-992d-d6fa683e8247"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Title0" minOccurs="0"/>
                 <xsd:element ref="ns2:Title1" minOccurs="0"/>
                 <xsd:element ref="ns2:Title2" minOccurs="0"/>
                 <xsd:element ref="ns2:Title3" minOccurs="0"/>
                 <xsd:element ref="ns2:Title4" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="b099e679-cfb0-44bb-992d-d6fa683e8247" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Title0" ma:index="8" nillable="true" ma:displayName="Title" ma:description="" ma:internalName="Title0">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Title1" ma:index="9" nillable="true" ma:displayName="Title" ma:description="" ma:internalName="Title1">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Title2" ma:index="10" nillable="true" ma:displayName="Title" ma:description="" ma:internalName="Title2">
@@ -4138,50 +4179,64 @@
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="15" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="17" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="18" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Afbeeldingtags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="2da67cf7-fe4b-4a66-9a0d-a2326cc296fa" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="22" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Inhoudstype"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Titel"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
@@ -4240,147 +4295,88 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...10 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D7D2AACC-7614-47FB-91CB-9212AFFE66E2}">
-[...13 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8D0A42F-AC8B-4B1F-8A61-54903854EF00}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB4881FD-4488-403B-8D47-E8C1C9F42A62}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C48F77EE-C819-4B63-8D3E-C1D7D1883A8E}"/>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C8D0A42F-AC8B-4B1F-8A61-54903854EF00}">
-[...11 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB4881FD-4488-403B-8D47-E8C1C9F42A62}"/>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{0ce80e9c-661b-453a-b52e-c00e4f65cc34}" enabled="1" method="Standard" siteId="{bbc3bd55-2812-4652-96ae-ce7932a2e8b5}" contentBits="0" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Microsoft Excel</Application>
-[...24 lines deleted...]
-  </TitlesOfParts>
+  <Application>Microsoft Excel Online</Application>
+  <Manager/>
   <Company/>
-  <LinksUpToDate>false</LinksUpToDate>
-[...1 lines deleted...]
-  <HyperlinksChanged>false</HyperlinksChanged>
+  <HyperlinkBase/>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Jongh, Astrid de</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
+  <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100F8E3F7682F29864F97F548D8D3F07DEE</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
 </Properties>
 </file>