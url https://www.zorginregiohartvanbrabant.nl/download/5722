--- v0 (2025-11-05)
+++ v1 (2026-01-09)
@@ -3,63 +3,63 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\tilburgcity.loc\Afdeling\Vertrouwelijk\TBDVL\KM MO\JEUGD\Productenboek en codes\combinatieschema en tool\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\tilburgcity.loc\Afdeling\Vertrouwelijk\TBDVL\KM MO\JEUGD\Overzetten MS 365\Kwaliteit\Instructies\Combinatieschema en tool\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3EE12461-A597-4887-B0E7-A829A80C3102}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EA064B5B-76BC-43F6-9D42-E77AD4F6B660}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="1" xr2:uid="{CD39B36E-3B3B-492C-9D51-28DA49FC98F7}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" firstSheet="1" activeTab="1" xr2:uid="{CD39B36E-3B3B-492C-9D51-28DA49FC98F7}"/>
   </bookViews>
   <sheets>
-    <sheet name="Combinatieschema" sheetId="1" r:id="rId1"/>
+    <sheet name="Combinatieschema" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Tool" sheetId="2" r:id="rId2"/>
     <sheet name="input tool" sheetId="3" state="hidden" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F75" i="1" l="1"/>
   <c r="BW6" i="1"/>
@@ -243,51 +243,51 @@
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1578" uniqueCount="396">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1580" uniqueCount="396">
   <si>
     <t>Segment 1 (Hoog Specialistisch)</t>
   </si>
   <si>
     <t xml:space="preserve">Segment 2 (wonen) </t>
   </si>
   <si>
     <t xml:space="preserve">Pleegzorg </t>
   </si>
   <si>
     <t>Gezinshuizen</t>
   </si>
   <si>
     <t xml:space="preserve">Kleinschalige woonleefgroepen </t>
   </si>
   <si>
     <t>Respijtzorg zonder overnachting</t>
   </si>
   <si>
     <t>Respijtzorg met overnachting</t>
   </si>
   <si>
     <t xml:space="preserve">GGZ Hoog Specialistisch </t>
   </si>
   <si>
@@ -1449,77 +1449,77 @@
   <si>
     <t>Tweede aanvraag mag pas worden toegekend als beide aanbieders op de hoogte zijn van elkaar en is overlegd met kwaliteit of de zorg wel door twee verschillende aanbieders geboden moet worden</t>
   </si>
   <si>
     <t>BSOTX</t>
   </si>
   <si>
     <t>BSO+ vervoer</t>
   </si>
   <si>
     <t>BSO+ Taxivervoer</t>
   </si>
   <si>
     <t>BSO+  vervoer</t>
   </si>
   <si>
     <t>BSOTX | BSO+ taxivervoer</t>
   </si>
   <si>
     <t>BSOVV | BSO+ vervoer</t>
   </si>
   <si>
     <t>BSO+  taxivervoer</t>
   </si>
   <si>
-    <t>Combinatie is mogelijk maar aanbieders moeten van elkaar op de hoogte gebracht worden. LTA naast S3 of S4 is niet vanzelfsprekend. Een LTA aanvraag mag niet afgewezen worden</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <rPr>
         <sz val="12"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri Light"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">Combinatie van twee dezelfde segment 4 of LTA producten is mogelijk als het gaat om twee verschillende aanbieders </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri Light"/>
         <family val="2"/>
       </rPr>
       <t>maar aanbieders moeten van elkaar op de hoogte gebracht worden.</t>
     </r>
   </si>
   <si>
     <t>Verschillende producten voor respijtzorg of dagbegeleiding kunnen naast elkaar toegewezen worden zolang deze niet maar in hetzelfde weekend/dag ingezet worden én de zorg wordt ingezet bij verschillende aanbieders. Bijvoorbeeld jeugdige gaat een keer per maand een heel weekend en een keer per maand alleen zaterdag</t>
   </si>
   <si>
-    <t>Versie: april 2025</t>
+    <t>Combinatie is mogelijk maar aanbieders moeten van elkaar op de hoogte gebracht worden. LTA naast S3 of S4 is niet vanzelfsprekend. Een LTA aanvraag mag niet afgewezen worden. LTA bij de Viersprong moet echter wel behandeld worden als een segment 1 product van Crossroads omdat de Viersprong onderdeel is van Crossroads</t>
+  </si>
+  <si>
+    <t>Versie: oktober 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="8" formatCode="&quot;€&quot;\ #,##0.00;[Red]&quot;€&quot;\ \-#,##0.00"/>
   </numFmts>
   <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -3552,132 +3552,132 @@
     <xf numFmtId="0" fontId="15" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="68" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="69" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="6" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="9" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="8" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="9" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="8" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="11" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
-[...43 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="90" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="6" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="12" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -4545,177 +4545,177 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{24A38084-FE1B-435A-A7CA-171C85451FCC}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:CK190"/>
   <sheetViews>
     <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <pane xSplit="6" ySplit="6" topLeftCell="AO41" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="6" ySplit="6" topLeftCell="G90" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="G1" sqref="G1"/>
       <selection pane="bottomLeft" activeCell="A7" sqref="A7"/>
-      <selection pane="bottomRight" activeCell="AS44" sqref="AS44"/>
+      <selection pane="bottomRight" activeCell="D99" sqref="D99"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="11.25" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.109375" defaultRowHeight="10.199999999999999" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="10.7109375" style="1" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="89" max="16384" width="9.140625" style="1"/>
+    <col min="1" max="1" width="10.6640625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="10.6640625" style="1" hidden="1" customWidth="1"/>
+    <col min="3" max="6" width="13.5546875" style="3" customWidth="1"/>
+    <col min="7" max="8" width="11.33203125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="12.33203125" style="1" customWidth="1"/>
+    <col min="10" max="16" width="11.33203125" style="1" customWidth="1"/>
+    <col min="17" max="19" width="11.44140625" style="1" customWidth="1"/>
+    <col min="20" max="50" width="11.33203125" style="1" customWidth="1"/>
+    <col min="51" max="53" width="12.44140625" style="1" customWidth="1"/>
+    <col min="54" max="62" width="11.33203125" style="1" customWidth="1"/>
+    <col min="63" max="65" width="11.88671875" style="1" customWidth="1"/>
+    <col min="66" max="68" width="13.5546875" style="1" customWidth="1"/>
+    <col min="69" max="75" width="11.33203125" style="1" customWidth="1"/>
+    <col min="76" max="76" width="14.88671875" style="1" customWidth="1"/>
+    <col min="77" max="81" width="13.6640625" style="1" customWidth="1"/>
+    <col min="82" max="86" width="11.33203125" style="1" customWidth="1"/>
+    <col min="87" max="87" width="9.109375" style="1"/>
+    <col min="88" max="88" width="19.33203125" style="1" customWidth="1"/>
+    <col min="89" max="16384" width="9.109375" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:89" s="2" customFormat="1" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:89" s="2" customFormat="1" ht="32.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="112"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
-      <c r="G1" s="297" t="s">
+      <c r="G1" s="312" t="s">
         <v>25</v>
       </c>
-      <c r="H1" s="298"/>
-[...17 lines deleted...]
-      <c r="X1" s="293" t="s">
+      <c r="H1" s="313"/>
+      <c r="I1" s="314"/>
+      <c r="J1" s="293" t="s">
+        <v>1</v>
+      </c>
+      <c r="K1" s="294"/>
+      <c r="L1" s="294"/>
+      <c r="M1" s="294"/>
+      <c r="N1" s="294"/>
+      <c r="O1" s="294"/>
+      <c r="P1" s="294"/>
+      <c r="Q1" s="294"/>
+      <c r="R1" s="294"/>
+      <c r="S1" s="294"/>
+      <c r="T1" s="294"/>
+      <c r="U1" s="294"/>
+      <c r="V1" s="294"/>
+      <c r="W1" s="295"/>
+      <c r="X1" s="308" t="s">
         <v>24</v>
       </c>
-      <c r="Y1" s="293"/>
-[...13 lines deleted...]
-      <c r="AM1" s="293"/>
+      <c r="Y1" s="308"/>
+      <c r="Z1" s="308"/>
+      <c r="AA1" s="308"/>
+      <c r="AB1" s="308"/>
+      <c r="AC1" s="308"/>
+      <c r="AD1" s="308"/>
+      <c r="AE1" s="308"/>
+      <c r="AF1" s="308"/>
+      <c r="AG1" s="308"/>
+      <c r="AH1" s="308"/>
+      <c r="AI1" s="308"/>
+      <c r="AJ1" s="308"/>
+      <c r="AK1" s="308"/>
+      <c r="AL1" s="308"/>
+      <c r="AM1" s="308"/>
       <c r="AN1" s="113"/>
-      <c r="AO1" s="294" t="s">
+      <c r="AO1" s="309" t="s">
         <v>26</v>
       </c>
-      <c r="AP1" s="295"/>
-[...28 lines deleted...]
-      <c r="BS1" s="296"/>
+      <c r="AP1" s="310"/>
+      <c r="AQ1" s="310"/>
+      <c r="AR1" s="310"/>
+      <c r="AS1" s="310"/>
+      <c r="AT1" s="310"/>
+      <c r="AU1" s="310"/>
+      <c r="AV1" s="310"/>
+      <c r="AW1" s="310"/>
+      <c r="AX1" s="310"/>
+      <c r="AY1" s="310"/>
+      <c r="AZ1" s="310"/>
+      <c r="BA1" s="310"/>
+      <c r="BB1" s="310"/>
+      <c r="BC1" s="310"/>
+      <c r="BD1" s="310"/>
+      <c r="BE1" s="310"/>
+      <c r="BF1" s="310"/>
+      <c r="BG1" s="310"/>
+      <c r="BH1" s="310"/>
+      <c r="BI1" s="310"/>
+      <c r="BJ1" s="310"/>
+      <c r="BK1" s="310"/>
+      <c r="BL1" s="310"/>
+      <c r="BM1" s="310"/>
+      <c r="BN1" s="310"/>
+      <c r="BO1" s="310"/>
+      <c r="BP1" s="310"/>
+      <c r="BQ1" s="310"/>
+      <c r="BR1" s="310"/>
+      <c r="BS1" s="311"/>
       <c r="BT1" s="8" t="s">
         <v>27</v>
       </c>
-      <c r="BU1" s="290" t="s">
+      <c r="BU1" s="305" t="s">
         <v>29</v>
       </c>
-      <c r="BV1" s="291"/>
-[...11 lines deleted...]
-      <c r="CH1" s="292"/>
+      <c r="BV1" s="306"/>
+      <c r="BW1" s="306"/>
+      <c r="BX1" s="306"/>
+      <c r="BY1" s="306"/>
+      <c r="BZ1" s="306"/>
+      <c r="CA1" s="306"/>
+      <c r="CB1" s="306"/>
+      <c r="CC1" s="306"/>
+      <c r="CD1" s="306"/>
+      <c r="CE1" s="306"/>
+      <c r="CF1" s="306"/>
+      <c r="CG1" s="306"/>
+      <c r="CH1" s="307"/>
     </row>
     <row r="2" spans="1:89" s="2" customFormat="1" ht="27.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C2" s="9"/>
       <c r="D2" s="9"/>
       <c r="E2" s="9"/>
       <c r="F2" s="9"/>
       <c r="G2" s="114" t="s">
         <v>25</v>
       </c>
       <c r="H2" s="114" t="s">
         <v>25</v>
       </c>
       <c r="I2" s="217" t="s">
         <v>25</v>
       </c>
       <c r="J2" s="139" t="s">
         <v>1</v>
       </c>
       <c r="K2" s="140" t="s">
         <v>1</v>
       </c>
       <c r="L2" s="141" t="s">
         <v>1</v>
       </c>
       <c r="M2" s="140" t="s">
@@ -4919,51 +4919,51 @@
       <c r="CA2" s="122" t="s">
         <v>29</v>
       </c>
       <c r="CB2" s="122" t="s">
         <v>29</v>
       </c>
       <c r="CC2" s="123" t="s">
         <v>29</v>
       </c>
       <c r="CD2" s="120" t="s">
         <v>29</v>
       </c>
       <c r="CE2" s="124" t="s">
         <v>29</v>
       </c>
       <c r="CF2" s="121" t="s">
         <v>29</v>
       </c>
       <c r="CG2" s="120" t="s">
         <v>29</v>
       </c>
       <c r="CH2" s="121" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="3" spans="1:89" s="4" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.15">
+    <row r="3" spans="1:89" s="4" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="156" t="s">
         <v>28</v>
       </c>
       <c r="H3" s="157" t="s">
         <v>33</v>
       </c>
       <c r="I3" s="202" t="s">
         <v>23</v>
       </c>
       <c r="J3" s="34" t="s">
         <v>2</v>
       </c>
       <c r="K3" s="35" t="s">
         <v>2</v>
       </c>
       <c r="L3" s="35" t="s">
         <v>2</v>
       </c>
       <c r="M3" s="35" t="s">
         <v>2</v>
       </c>
@@ -5165,51 +5165,51 @@
       <c r="CA3" s="186" t="s">
         <v>16</v>
       </c>
       <c r="CB3" s="186" t="s">
         <v>16</v>
       </c>
       <c r="CC3" s="186" t="s">
         <v>16</v>
       </c>
       <c r="CD3" s="186" t="s">
         <v>17</v>
       </c>
       <c r="CE3" s="186" t="s">
         <v>17</v>
       </c>
       <c r="CF3" s="186" t="s">
         <v>17</v>
       </c>
       <c r="CG3" s="190" t="s">
         <v>18</v>
       </c>
       <c r="CH3" s="191" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="4" spans="1:89" s="4" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:89" s="4" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
       <c r="F4" s="5"/>
       <c r="G4" s="162" t="s">
         <v>34</v>
       </c>
       <c r="H4" s="125" t="s">
         <v>94</v>
       </c>
       <c r="I4" s="203" t="s">
         <v>91</v>
       </c>
       <c r="J4" s="170" t="s">
         <v>35</v>
       </c>
       <c r="K4" s="41" t="s">
         <v>36</v>
       </c>
       <c r="L4" s="41" t="s">
         <v>37</v>
       </c>
       <c r="M4" s="41" t="s">
         <v>38</v>
       </c>
@@ -5413,51 +5413,51 @@
       </c>
       <c r="CB4" s="126" t="s">
         <v>84</v>
       </c>
       <c r="CC4" s="126" t="s">
         <v>85</v>
       </c>
       <c r="CD4" s="126" t="s">
         <v>86</v>
       </c>
       <c r="CE4" s="126" t="s">
         <v>87</v>
       </c>
       <c r="CF4" s="126" t="s">
         <v>88</v>
       </c>
       <c r="CG4" s="127" t="s">
         <v>89</v>
       </c>
       <c r="CH4" s="192" t="s">
         <v>90</v>
       </c>
       <c r="CJ4"/>
       <c r="CK4"/>
     </row>
-    <row r="5" spans="1:89" s="4" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:89" s="4" customFormat="1" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
       <c r="E5" s="5"/>
       <c r="F5" s="5"/>
       <c r="G5" s="162" t="s">
         <v>109</v>
       </c>
       <c r="H5" s="125" t="s">
         <v>248</v>
       </c>
       <c r="I5" s="203" t="s">
         <v>180</v>
       </c>
       <c r="J5" s="170" t="s">
         <v>112</v>
       </c>
       <c r="K5" s="41" t="s">
         <v>117</v>
       </c>
       <c r="L5" s="41" t="s">
         <v>118</v>
       </c>
       <c r="M5" s="41" t="s">
         <v>119</v>
       </c>
@@ -5661,51 +5661,51 @@
       </c>
       <c r="CB5" s="126" t="s">
         <v>225</v>
       </c>
       <c r="CC5" s="126" t="s">
         <v>226</v>
       </c>
       <c r="CD5" s="126" t="s">
         <v>177</v>
       </c>
       <c r="CE5" s="126" t="s">
         <v>178</v>
       </c>
       <c r="CF5" s="126" t="s">
         <v>179</v>
       </c>
       <c r="CG5" s="127" t="s">
         <v>182</v>
       </c>
       <c r="CH5" s="192" t="s">
         <v>183</v>
       </c>
       <c r="CJ5"/>
       <c r="CK5"/>
     </row>
-    <row r="6" spans="1:89" s="4" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:89" s="4" customFormat="1" ht="45" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="C6" s="5"/>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
       <c r="F6" s="5"/>
       <c r="G6" s="164" t="str">
         <f>G4&amp;" | "&amp;G5</f>
         <v>50HSJ | Hoog specialistische Jeugdhulp -Taakgericht</v>
       </c>
       <c r="H6" s="165" t="str">
         <f t="shared" ref="H6:CH6" si="0">H4&amp;" | "&amp;H5</f>
         <v>55LTA | Landelijk</v>
       </c>
       <c r="I6" s="204" t="str">
         <f t="shared" si="0"/>
         <v>43A12 | Jeugdzorgplus: inspanningsgericht</v>
       </c>
       <c r="J6" s="172" t="str">
         <f t="shared" si="0"/>
         <v>44PZ1 | Pleegzorg Voltijd</v>
       </c>
       <c r="K6" s="173" t="str">
         <f t="shared" si="0"/>
         <v>44PZ2 | Pleegzorg Deeltijd</v>
       </c>
       <c r="L6" s="173" t="str">
@@ -5989,52 +5989,52 @@
         <v>53A01 | Behandeling of onderzoek op de polikliniek of dagbehandeling bij gedragsproblemen</v>
       </c>
       <c r="CD6" s="194" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">45ED1  | Diagnostiek ED (traject) </v>
       </c>
       <c r="CE6" s="194" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">45ED2  | Behandeling ED per sessie </v>
       </c>
       <c r="CF6" s="194" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">45ED3  | Extra behandeling ED per sessie </v>
       </c>
       <c r="CG6" s="188" t="str">
         <f t="shared" si="0"/>
         <v>44BWZ | Beschermd wonen zonder huisvesting</v>
       </c>
       <c r="CH6" s="195" t="str">
         <f t="shared" si="0"/>
         <v>44BWH | Beschermd wonen met huisvesting</v>
       </c>
       <c r="CJ6"/>
       <c r="CK6"/>
     </row>
-    <row r="7" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="300" t="s">
+    <row r="7" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A7" s="315" t="s">
         <v>0</v>
       </c>
       <c r="B7" s="128" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="156" t="s">
         <v>28</v>
       </c>
       <c r="D7" s="157" t="s">
         <v>34</v>
       </c>
       <c r="E7" s="157" t="s">
         <v>109</v>
       </c>
       <c r="F7" s="202" t="str">
         <f>D7&amp;" | "&amp;E7</f>
         <v>50HSJ | Hoog specialistische Jeugdhulp -Taakgericht</v>
       </c>
       <c r="G7" s="89">
         <v>0</v>
       </c>
       <c r="H7" s="158">
         <v>12</v>
       </c>
       <c r="I7" s="161">
@@ -6252,52 +6252,52 @@
       </c>
       <c r="CB7" s="159">
         <v>1</v>
       </c>
       <c r="CC7" s="159">
         <v>1</v>
       </c>
       <c r="CD7" s="159">
         <v>1</v>
       </c>
       <c r="CE7" s="159">
         <v>1</v>
       </c>
       <c r="CF7" s="159">
         <v>1</v>
       </c>
       <c r="CG7" s="159">
         <v>1</v>
       </c>
       <c r="CH7" s="161">
         <v>1</v>
       </c>
       <c r="CJ7"/>
       <c r="CK7"/>
     </row>
-    <row r="8" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="301"/>
+    <row r="8" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="316"/>
       <c r="B8" s="128" t="s">
         <v>0</v>
       </c>
       <c r="C8" s="162" t="s">
         <v>33</v>
       </c>
       <c r="D8" s="125" t="s">
         <v>94</v>
       </c>
       <c r="E8" s="125" t="s">
         <v>248</v>
       </c>
       <c r="F8" s="203" t="str">
         <f t="shared" ref="F8:F86" si="1">D8&amp;" | "&amp;E8</f>
         <v>55LTA | Landelijk</v>
       </c>
       <c r="G8" s="219">
         <v>12</v>
       </c>
       <c r="H8" s="91">
         <v>18</v>
       </c>
       <c r="I8" s="161">
         <v>1</v>
       </c>
@@ -6513,52 +6513,52 @@
       </c>
       <c r="CB8" s="90">
         <v>1</v>
       </c>
       <c r="CC8" s="90">
         <v>1</v>
       </c>
       <c r="CD8" s="90">
         <v>1</v>
       </c>
       <c r="CE8" s="90">
         <v>1</v>
       </c>
       <c r="CF8" s="90">
         <v>1</v>
       </c>
       <c r="CG8" s="91">
         <v>3</v>
       </c>
       <c r="CH8" s="163">
         <v>3</v>
       </c>
       <c r="CJ8"/>
       <c r="CK8"/>
     </row>
-    <row r="9" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="302"/>
+    <row r="9" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="317"/>
       <c r="B9" s="250" t="s">
         <v>0</v>
       </c>
       <c r="C9" s="164" t="s">
         <v>22</v>
       </c>
       <c r="D9" s="165" t="s">
         <v>91</v>
       </c>
       <c r="E9" s="165" t="s">
         <v>180</v>
       </c>
       <c r="F9" s="204" t="str">
         <f t="shared" si="1"/>
         <v>43A12 | Jeugdzorgplus: inspanningsgericht</v>
       </c>
       <c r="G9" s="281">
         <v>1</v>
       </c>
       <c r="H9" s="166">
         <v>1</v>
       </c>
       <c r="I9" s="89">
         <v>0</v>
       </c>
@@ -6774,52 +6774,52 @@
       </c>
       <c r="CB9" s="167">
         <v>0</v>
       </c>
       <c r="CC9" s="167">
         <v>0</v>
       </c>
       <c r="CD9" s="167">
         <v>0</v>
       </c>
       <c r="CE9" s="167">
         <v>0</v>
       </c>
       <c r="CF9" s="167">
         <v>0</v>
       </c>
       <c r="CG9" s="167">
         <v>0</v>
       </c>
       <c r="CH9" s="168">
         <v>0</v>
       </c>
       <c r="CJ9"/>
       <c r="CK9"/>
     </row>
-    <row r="10" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="315" t="s">
+    <row r="10" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="302" t="s">
         <v>1</v>
       </c>
       <c r="B10" s="143" t="s">
         <v>1</v>
       </c>
       <c r="C10" s="34" t="s">
         <v>2</v>
       </c>
       <c r="D10" s="35" t="s">
         <v>35</v>
       </c>
       <c r="E10" s="35" t="s">
         <v>112</v>
       </c>
       <c r="F10" s="205" t="str">
         <f t="shared" si="1"/>
         <v>44PZ1 | Pleegzorg Voltijd</v>
       </c>
       <c r="G10" s="221">
         <v>1</v>
       </c>
       <c r="H10" s="158">
         <v>3</v>
       </c>
       <c r="I10" s="169">
@@ -7037,52 +7037,52 @@
       </c>
       <c r="CB10" s="159">
         <v>1</v>
       </c>
       <c r="CC10" s="159">
         <v>1</v>
       </c>
       <c r="CD10" s="159">
         <v>1</v>
       </c>
       <c r="CE10" s="159">
         <v>1</v>
       </c>
       <c r="CF10" s="159">
         <v>1</v>
       </c>
       <c r="CG10" s="160">
         <v>0</v>
       </c>
       <c r="CH10" s="169">
         <v>0</v>
       </c>
       <c r="CJ10"/>
       <c r="CK10"/>
     </row>
-    <row r="11" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="316"/>
+    <row r="11" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="303"/>
       <c r="B11" s="144" t="s">
         <v>1</v>
       </c>
       <c r="C11" s="170" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="41" t="s">
         <v>36</v>
       </c>
       <c r="E11" s="41" t="s">
         <v>117</v>
       </c>
       <c r="F11" s="77" t="str">
         <f t="shared" si="1"/>
         <v>44PZ2 | Pleegzorg Deeltijd</v>
       </c>
       <c r="G11" s="222">
         <v>1</v>
       </c>
       <c r="H11" s="91">
         <v>3</v>
       </c>
       <c r="I11" s="171">
         <v>0</v>
       </c>
@@ -7298,52 +7298,52 @@
       </c>
       <c r="CB11" s="90">
         <v>1</v>
       </c>
       <c r="CC11" s="90">
         <v>1</v>
       </c>
       <c r="CD11" s="90">
         <v>1</v>
       </c>
       <c r="CE11" s="90">
         <v>1</v>
       </c>
       <c r="CF11" s="90">
         <v>1</v>
       </c>
       <c r="CG11" s="89">
         <v>0</v>
       </c>
       <c r="CH11" s="171">
         <v>0</v>
       </c>
       <c r="CJ11"/>
       <c r="CK11"/>
     </row>
-    <row r="12" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="316"/>
+    <row r="12" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="303"/>
       <c r="B12" s="140" t="s">
         <v>1</v>
       </c>
       <c r="C12" s="170" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="41" t="s">
         <v>37</v>
       </c>
       <c r="E12" s="41" t="s">
         <v>118</v>
       </c>
       <c r="F12" s="77" t="str">
         <f t="shared" si="1"/>
         <v>44PN1 | Pleegzorg Netwerk Voltijd</v>
       </c>
       <c r="G12" s="222">
         <v>1</v>
       </c>
       <c r="H12" s="91">
         <v>3</v>
       </c>
       <c r="I12" s="171">
         <v>0</v>
       </c>
@@ -7559,52 +7559,52 @@
       </c>
       <c r="CB12" s="90">
         <v>1</v>
       </c>
       <c r="CC12" s="90">
         <v>1</v>
       </c>
       <c r="CD12" s="90">
         <v>1</v>
       </c>
       <c r="CE12" s="90">
         <v>1</v>
       </c>
       <c r="CF12" s="90">
         <v>1</v>
       </c>
       <c r="CG12" s="89">
         <v>0</v>
       </c>
       <c r="CH12" s="171">
         <v>0</v>
       </c>
       <c r="CJ12"/>
       <c r="CK12"/>
     </row>
-    <row r="13" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="316"/>
+    <row r="13" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="303"/>
       <c r="B13" s="145" t="s">
         <v>1</v>
       </c>
       <c r="C13" s="170" t="s">
         <v>2</v>
       </c>
       <c r="D13" s="41" t="s">
         <v>38</v>
       </c>
       <c r="E13" s="41" t="s">
         <v>119</v>
       </c>
       <c r="F13" s="77" t="str">
         <f t="shared" si="1"/>
         <v>44PN2 | Pleegzorg Netwerk Deeltijd</v>
       </c>
       <c r="G13" s="222">
         <v>1</v>
       </c>
       <c r="H13" s="91">
         <v>3</v>
       </c>
       <c r="I13" s="171">
         <v>0</v>
       </c>
@@ -7820,52 +7820,52 @@
       </c>
       <c r="CB13" s="90">
         <v>1</v>
       </c>
       <c r="CC13" s="90">
         <v>1</v>
       </c>
       <c r="CD13" s="90">
         <v>1</v>
       </c>
       <c r="CE13" s="90">
         <v>1</v>
       </c>
       <c r="CF13" s="90">
         <v>1</v>
       </c>
       <c r="CG13" s="89">
         <v>0</v>
       </c>
       <c r="CH13" s="171">
         <v>0</v>
       </c>
       <c r="CJ13"/>
       <c r="CK13"/>
     </row>
-    <row r="14" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="316"/>
+    <row r="14" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="303"/>
       <c r="B14" s="145"/>
       <c r="C14" s="170" t="s">
         <v>2</v>
       </c>
       <c r="D14" s="41" t="s">
         <v>259</v>
       </c>
       <c r="E14" s="41" t="s">
         <v>260</v>
       </c>
       <c r="F14" s="77" t="str">
         <f t="shared" si="1"/>
         <v>NGZ02 | Pleegzorg NGZ</v>
       </c>
       <c r="G14" s="222">
         <v>1</v>
       </c>
       <c r="H14" s="91">
         <v>3</v>
       </c>
       <c r="I14" s="171">
         <v>0</v>
       </c>
       <c r="J14" s="219">
         <v>5</v>
@@ -8079,52 +8079,52 @@
       </c>
       <c r="CB14" s="90">
         <v>1</v>
       </c>
       <c r="CC14" s="90">
         <v>1</v>
       </c>
       <c r="CD14" s="90">
         <v>1</v>
       </c>
       <c r="CE14" s="90">
         <v>1</v>
       </c>
       <c r="CF14" s="90">
         <v>1</v>
       </c>
       <c r="CG14" s="89">
         <v>0</v>
       </c>
       <c r="CH14" s="171">
         <v>0</v>
       </c>
       <c r="CJ14"/>
       <c r="CK14"/>
     </row>
-    <row r="15" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="316"/>
+    <row r="15" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="303"/>
       <c r="B15" s="145" t="s">
         <v>1</v>
       </c>
       <c r="C15" s="170" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="41" t="s">
         <v>39</v>
       </c>
       <c r="E15" s="41" t="s">
         <v>120</v>
       </c>
       <c r="F15" s="77" t="str">
         <f t="shared" si="1"/>
         <v>44GZH | Gezinshuis</v>
       </c>
       <c r="G15" s="222">
         <v>1</v>
       </c>
       <c r="H15" s="91">
         <v>3</v>
       </c>
       <c r="I15" s="171">
         <v>0</v>
       </c>
@@ -8340,52 +8340,52 @@
       </c>
       <c r="CB15" s="90">
         <v>1</v>
       </c>
       <c r="CC15" s="90">
         <v>1</v>
       </c>
       <c r="CD15" s="90">
         <v>1</v>
       </c>
       <c r="CE15" s="90">
         <v>1</v>
       </c>
       <c r="CF15" s="90">
         <v>1</v>
       </c>
       <c r="CG15" s="89">
         <v>0</v>
       </c>
       <c r="CH15" s="171">
         <v>0</v>
       </c>
       <c r="CJ15"/>
       <c r="CK15"/>
     </row>
-    <row r="16" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="316"/>
+    <row r="16" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="303"/>
       <c r="B16" s="145"/>
       <c r="C16" s="170" t="s">
         <v>3</v>
       </c>
       <c r="D16" s="41" t="s">
         <v>261</v>
       </c>
       <c r="E16" s="41" t="s">
         <v>272</v>
       </c>
       <c r="F16" s="77" t="str">
         <f t="shared" si="1"/>
         <v>NGZ03 | NGZ segment 2 Gezinshuis</v>
       </c>
       <c r="G16" s="222">
         <v>1</v>
       </c>
       <c r="H16" s="91">
         <v>3</v>
       </c>
       <c r="I16" s="171">
         <v>0</v>
       </c>
       <c r="J16" s="219">
         <v>5</v>
@@ -8599,52 +8599,52 @@
       </c>
       <c r="CB16" s="90">
         <v>1</v>
       </c>
       <c r="CC16" s="90">
         <v>1</v>
       </c>
       <c r="CD16" s="90">
         <v>1</v>
       </c>
       <c r="CE16" s="90">
         <v>1</v>
       </c>
       <c r="CF16" s="90">
         <v>1</v>
       </c>
       <c r="CG16" s="89">
         <v>0</v>
       </c>
       <c r="CH16" s="171">
         <v>0</v>
       </c>
       <c r="CJ16"/>
       <c r="CK16"/>
     </row>
-    <row r="17" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="316"/>
+    <row r="17" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="303"/>
       <c r="B17" s="145" t="s">
         <v>1</v>
       </c>
       <c r="C17" s="170" t="s">
         <v>4</v>
       </c>
       <c r="D17" s="41" t="s">
         <v>40</v>
       </c>
       <c r="E17" s="41" t="s">
         <v>121</v>
       </c>
       <c r="F17" s="77" t="str">
         <f t="shared" si="1"/>
         <v>44KWB | Kleinschalige woonleefgroepen basis</v>
       </c>
       <c r="G17" s="222">
         <v>1</v>
       </c>
       <c r="H17" s="91">
         <v>3</v>
       </c>
       <c r="I17" s="171">
         <v>0</v>
       </c>
@@ -8860,52 +8860,52 @@
       </c>
       <c r="CB17" s="90">
         <v>1</v>
       </c>
       <c r="CC17" s="90">
         <v>1</v>
       </c>
       <c r="CD17" s="90">
         <v>1</v>
       </c>
       <c r="CE17" s="90">
         <v>1</v>
       </c>
       <c r="CF17" s="90">
         <v>1</v>
       </c>
       <c r="CG17" s="89">
         <v>0</v>
       </c>
       <c r="CH17" s="171">
         <v>0</v>
       </c>
       <c r="CJ17"/>
       <c r="CK17"/>
     </row>
-    <row r="18" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="316"/>
+    <row r="18" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="303"/>
       <c r="B18" s="145" t="s">
         <v>1</v>
       </c>
       <c r="C18" s="170" t="s">
         <v>4</v>
       </c>
       <c r="D18" s="41" t="s">
         <v>41</v>
       </c>
       <c r="E18" s="41" t="s">
         <v>123</v>
       </c>
       <c r="F18" s="77" t="str">
         <f t="shared" si="1"/>
         <v>44KWP | Kleinschalige woonleefgroepen plus</v>
       </c>
       <c r="G18" s="222">
         <v>1</v>
       </c>
       <c r="H18" s="91">
         <v>3</v>
       </c>
       <c r="I18" s="171">
         <v>0</v>
       </c>
@@ -9121,52 +9121,52 @@
       </c>
       <c r="CB18" s="90">
         <v>1</v>
       </c>
       <c r="CC18" s="90">
         <v>1</v>
       </c>
       <c r="CD18" s="90">
         <v>1</v>
       </c>
       <c r="CE18" s="90">
         <v>1</v>
       </c>
       <c r="CF18" s="90">
         <v>1</v>
       </c>
       <c r="CG18" s="89">
         <v>0</v>
       </c>
       <c r="CH18" s="171">
         <v>0</v>
       </c>
       <c r="CJ18"/>
       <c r="CK18"/>
     </row>
-    <row r="19" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="316"/>
+    <row r="19" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="303"/>
       <c r="B19" s="145"/>
       <c r="C19" s="170" t="s">
         <v>4</v>
       </c>
       <c r="D19" s="41" t="s">
         <v>262</v>
       </c>
       <c r="E19" s="41" t="s">
         <v>270</v>
       </c>
       <c r="F19" s="77" t="str">
         <f t="shared" si="1"/>
         <v>NGZ04 | NGZ segment 2 Woonleefgroep</v>
       </c>
       <c r="G19" s="222">
         <v>1</v>
       </c>
       <c r="H19" s="91">
         <v>3</v>
       </c>
       <c r="I19" s="171">
         <v>0</v>
       </c>
       <c r="J19" s="219">
         <v>5</v>
@@ -9380,52 +9380,52 @@
       </c>
       <c r="CB19" s="90">
         <v>1</v>
       </c>
       <c r="CC19" s="90">
         <v>1</v>
       </c>
       <c r="CD19" s="90">
         <v>1</v>
       </c>
       <c r="CE19" s="90">
         <v>1</v>
       </c>
       <c r="CF19" s="90">
         <v>1</v>
       </c>
       <c r="CG19" s="89">
         <v>0</v>
       </c>
       <c r="CH19" s="171">
         <v>0</v>
       </c>
       <c r="CJ19"/>
       <c r="CK19"/>
     </row>
-    <row r="20" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="316"/>
+    <row r="20" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="303"/>
       <c r="B20" s="144" t="s">
         <v>1</v>
       </c>
       <c r="C20" s="170" t="s">
         <v>31</v>
       </c>
       <c r="D20" s="41" t="s">
         <v>42</v>
       </c>
       <c r="E20" s="41" t="s">
         <v>124</v>
       </c>
       <c r="F20" s="77" t="str">
         <f t="shared" si="1"/>
         <v>44ZWK | Zelfstandigheid bevorderende woonvormen Kamertraining</v>
       </c>
       <c r="G20" s="222">
         <v>1</v>
       </c>
       <c r="H20" s="91">
         <v>3</v>
       </c>
       <c r="I20" s="171">
         <v>0</v>
       </c>
@@ -9641,52 +9641,52 @@
       </c>
       <c r="CB20" s="90">
         <v>1</v>
       </c>
       <c r="CC20" s="90">
         <v>1</v>
       </c>
       <c r="CD20" s="89">
         <v>0</v>
       </c>
       <c r="CE20" s="89">
         <v>0</v>
       </c>
       <c r="CF20" s="89">
         <v>0</v>
       </c>
       <c r="CG20" s="89">
         <v>0</v>
       </c>
       <c r="CH20" s="171">
         <v>0</v>
       </c>
       <c r="CJ20"/>
       <c r="CK20"/>
     </row>
-    <row r="21" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="316"/>
+    <row r="21" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="303"/>
       <c r="B21" s="140"/>
       <c r="C21" s="170" t="s">
         <v>31</v>
       </c>
       <c r="D21" s="41" t="s">
         <v>263</v>
       </c>
       <c r="E21" s="41" t="s">
         <v>271</v>
       </c>
       <c r="F21" s="77" t="str">
         <f t="shared" si="1"/>
         <v>NGZ05 | NGZ segment 2 Kamertraining</v>
       </c>
       <c r="G21" s="222">
         <v>1</v>
       </c>
       <c r="H21" s="91">
         <v>3</v>
       </c>
       <c r="I21" s="171">
         <v>0</v>
       </c>
       <c r="J21" s="219">
         <v>5</v>
@@ -9900,52 +9900,52 @@
       </c>
       <c r="CB21" s="90">
         <v>1</v>
       </c>
       <c r="CC21" s="90">
         <v>1</v>
       </c>
       <c r="CD21" s="89">
         <v>0</v>
       </c>
       <c r="CE21" s="89">
         <v>0</v>
       </c>
       <c r="CF21" s="89">
         <v>0</v>
       </c>
       <c r="CG21" s="89">
         <v>0</v>
       </c>
       <c r="CH21" s="171">
         <v>0</v>
       </c>
       <c r="CJ21"/>
       <c r="CK21"/>
     </row>
-    <row r="22" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A22" s="316"/>
+    <row r="22" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="303"/>
       <c r="B22" s="146" t="s">
         <v>1</v>
       </c>
       <c r="C22" s="170" t="s">
         <v>31</v>
       </c>
       <c r="D22" s="41" t="s">
         <v>43</v>
       </c>
       <c r="E22" s="41" t="s">
         <v>126</v>
       </c>
       <c r="F22" s="77" t="str">
         <f t="shared" si="1"/>
         <v>44ZWF | Zelfstandigheid bevorderende woonvormen Fasehuis</v>
       </c>
       <c r="G22" s="222">
         <v>1</v>
       </c>
       <c r="H22" s="91">
         <v>3</v>
       </c>
       <c r="I22" s="171">
         <v>0</v>
       </c>
@@ -10161,52 +10161,52 @@
       </c>
       <c r="CB22" s="90">
         <v>1</v>
       </c>
       <c r="CC22" s="90">
         <v>1</v>
       </c>
       <c r="CD22" s="89">
         <v>0</v>
       </c>
       <c r="CE22" s="89">
         <v>0</v>
       </c>
       <c r="CF22" s="89">
         <v>0</v>
       </c>
       <c r="CG22" s="89">
         <v>0</v>
       </c>
       <c r="CH22" s="171">
         <v>0</v>
       </c>
       <c r="CJ22"/>
       <c r="CK22"/>
     </row>
-    <row r="23" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A23" s="317"/>
+    <row r="23" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="304"/>
       <c r="B23" s="140"/>
       <c r="C23" s="172" t="s">
         <v>31</v>
       </c>
       <c r="D23" s="173" t="s">
         <v>264</v>
       </c>
       <c r="E23" s="173" t="s">
         <v>273</v>
       </c>
       <c r="F23" s="206" t="str">
         <f>D23&amp;" | "&amp;E23</f>
         <v>NGZ06 | NGZ segment 2 Fasehuis</v>
       </c>
       <c r="G23" s="220">
         <v>1</v>
       </c>
       <c r="H23" s="174">
         <v>3</v>
       </c>
       <c r="I23" s="168">
         <v>0</v>
       </c>
       <c r="J23" s="230">
         <v>5</v>
@@ -10420,52 +10420,52 @@
       </c>
       <c r="CB23" s="166">
         <v>1</v>
       </c>
       <c r="CC23" s="166">
         <v>1</v>
       </c>
       <c r="CD23" s="167">
         <v>0</v>
       </c>
       <c r="CE23" s="167">
         <v>0</v>
       </c>
       <c r="CF23" s="167">
         <v>0</v>
       </c>
       <c r="CG23" s="167">
         <v>0</v>
       </c>
       <c r="CH23" s="168">
         <v>0</v>
       </c>
       <c r="CJ23"/>
       <c r="CK23"/>
     </row>
-    <row r="24" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A24" s="312" t="s">
+    <row r="24" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="299" t="s">
         <v>24</v>
       </c>
       <c r="B24" s="96" t="s">
         <v>24</v>
       </c>
       <c r="C24" s="36" t="s">
         <v>245</v>
       </c>
       <c r="D24" s="37" t="s">
         <v>44</v>
       </c>
       <c r="E24" s="37" t="s">
         <v>127</v>
       </c>
       <c r="F24" s="109" t="str">
         <f t="shared" si="1"/>
         <v>41DA1 | Dagbegeleiding A</v>
       </c>
       <c r="G24" s="223">
         <v>0</v>
       </c>
       <c r="H24" s="158">
         <v>8</v>
       </c>
       <c r="I24" s="169">
@@ -10683,52 +10683,52 @@
       </c>
       <c r="CB24" s="159">
         <v>1</v>
       </c>
       <c r="CC24" s="159">
         <v>1</v>
       </c>
       <c r="CD24" s="159">
         <v>1</v>
       </c>
       <c r="CE24" s="159">
         <v>1</v>
       </c>
       <c r="CF24" s="159">
         <v>1</v>
       </c>
       <c r="CG24" s="159">
         <v>1</v>
       </c>
       <c r="CH24" s="161">
         <v>1</v>
       </c>
       <c r="CJ24"/>
       <c r="CK24"/>
     </row>
-    <row r="25" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="313"/>
+    <row r="25" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="300"/>
       <c r="B25" s="129" t="s">
         <v>24</v>
       </c>
       <c r="C25" s="81" t="s">
         <v>245</v>
       </c>
       <c r="D25" s="44" t="s">
         <v>45</v>
       </c>
       <c r="E25" s="44" t="s">
         <v>131</v>
       </c>
       <c r="F25" s="110" t="str">
         <f t="shared" si="1"/>
         <v>41DA2 | Dagbegeleiding A toeslag zaterdag middag</v>
       </c>
       <c r="G25" s="224">
         <v>0</v>
       </c>
       <c r="H25" s="91">
         <v>8</v>
       </c>
       <c r="I25" s="171">
         <v>0</v>
       </c>
@@ -10944,52 +10944,52 @@
       </c>
       <c r="CB25" s="90">
         <v>1</v>
       </c>
       <c r="CC25" s="90">
         <v>1</v>
       </c>
       <c r="CD25" s="90">
         <v>1</v>
       </c>
       <c r="CE25" s="90">
         <v>1</v>
       </c>
       <c r="CF25" s="90">
         <v>1</v>
       </c>
       <c r="CG25" s="90">
         <v>1</v>
       </c>
       <c r="CH25" s="175">
         <v>1</v>
       </c>
       <c r="CJ25"/>
       <c r="CK25"/>
     </row>
-    <row r="26" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A26" s="313"/>
+    <row r="26" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="300"/>
       <c r="B26" s="130" t="s">
         <v>24</v>
       </c>
       <c r="C26" s="81" t="s">
         <v>245</v>
       </c>
       <c r="D26" s="44" t="s">
         <v>46</v>
       </c>
       <c r="E26" s="44" t="s">
         <v>132</v>
       </c>
       <c r="F26" s="110" t="str">
         <f t="shared" si="1"/>
         <v>41DB1 | Dagbegeleiding B</v>
       </c>
       <c r="G26" s="224">
         <v>0</v>
       </c>
       <c r="H26" s="91">
         <v>8</v>
       </c>
       <c r="I26" s="171">
         <v>0</v>
       </c>
@@ -11205,52 +11205,52 @@
       </c>
       <c r="CB26" s="90">
         <v>1</v>
       </c>
       <c r="CC26" s="90">
         <v>1</v>
       </c>
       <c r="CD26" s="90">
         <v>1</v>
       </c>
       <c r="CE26" s="90">
         <v>1</v>
       </c>
       <c r="CF26" s="90">
         <v>1</v>
       </c>
       <c r="CG26" s="90">
         <v>1</v>
       </c>
       <c r="CH26" s="175">
         <v>1</v>
       </c>
       <c r="CJ26"/>
       <c r="CK26"/>
     </row>
-    <row r="27" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="313"/>
+    <row r="27" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="300"/>
       <c r="B27" s="97" t="s">
         <v>24</v>
       </c>
       <c r="C27" s="81" t="s">
         <v>245</v>
       </c>
       <c r="D27" s="44" t="s">
         <v>47</v>
       </c>
       <c r="E27" s="44" t="s">
         <v>133</v>
       </c>
       <c r="F27" s="110" t="str">
         <f t="shared" si="1"/>
         <v>41DB2 | Dagbegeleiding B toeslag zaterdag middag</v>
       </c>
       <c r="G27" s="224">
         <v>0</v>
       </c>
       <c r="H27" s="91">
         <v>8</v>
       </c>
       <c r="I27" s="171">
         <v>0</v>
       </c>
@@ -11466,52 +11466,52 @@
       </c>
       <c r="CB27" s="90">
         <v>1</v>
       </c>
       <c r="CC27" s="90">
         <v>1</v>
       </c>
       <c r="CD27" s="90">
         <v>1</v>
       </c>
       <c r="CE27" s="90">
         <v>1</v>
       </c>
       <c r="CF27" s="90">
         <v>1</v>
       </c>
       <c r="CG27" s="90">
         <v>1</v>
       </c>
       <c r="CH27" s="175">
         <v>1</v>
       </c>
       <c r="CJ27"/>
       <c r="CK27"/>
     </row>
-    <row r="28" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="313"/>
+    <row r="28" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="300"/>
       <c r="B28" s="129" t="s">
         <v>24</v>
       </c>
       <c r="C28" s="81" t="s">
         <v>245</v>
       </c>
       <c r="D28" s="44" t="s">
         <v>48</v>
       </c>
       <c r="E28" s="44" t="s">
         <v>134</v>
       </c>
       <c r="F28" s="110" t="str">
         <f t="shared" si="1"/>
         <v>41MTD | Maaltijd tijdens dagbegeleiding</v>
       </c>
       <c r="G28" s="224">
         <v>0</v>
       </c>
       <c r="H28" s="91">
         <v>8</v>
       </c>
       <c r="I28" s="171">
         <v>0</v>
       </c>
@@ -11727,52 +11727,52 @@
       </c>
       <c r="CB28" s="90">
         <v>1</v>
       </c>
       <c r="CC28" s="90">
         <v>1</v>
       </c>
       <c r="CD28" s="90">
         <v>1</v>
       </c>
       <c r="CE28" s="90">
         <v>1</v>
       </c>
       <c r="CF28" s="90">
         <v>1</v>
       </c>
       <c r="CG28" s="90">
         <v>1</v>
       </c>
       <c r="CH28" s="175">
         <v>1</v>
       </c>
       <c r="CJ28"/>
       <c r="CK28"/>
     </row>
-    <row r="29" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="313"/>
+    <row r="29" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="300"/>
       <c r="B29" s="129"/>
       <c r="C29" s="81" t="s">
         <v>245</v>
       </c>
       <c r="D29" s="44" t="s">
         <v>265</v>
       </c>
       <c r="E29" s="44" t="s">
         <v>274</v>
       </c>
       <c r="F29" s="110" t="str">
         <f t="shared" si="1"/>
         <v>NGZ07 | NGZ segment 3 Dagbegeleiding</v>
       </c>
       <c r="G29" s="224">
         <v>0</v>
       </c>
       <c r="H29" s="91">
         <v>8</v>
       </c>
       <c r="I29" s="171">
         <v>0</v>
       </c>
       <c r="J29" s="222">
         <v>1</v>
@@ -11986,52 +11986,52 @@
       </c>
       <c r="CB29" s="90">
         <v>1</v>
       </c>
       <c r="CC29" s="90">
         <v>1</v>
       </c>
       <c r="CD29" s="90">
         <v>1</v>
       </c>
       <c r="CE29" s="90">
         <v>1</v>
       </c>
       <c r="CF29" s="90">
         <v>1</v>
       </c>
       <c r="CG29" s="90">
         <v>1</v>
       </c>
       <c r="CH29" s="175">
         <v>1</v>
       </c>
       <c r="CJ29"/>
       <c r="CK29"/>
     </row>
-    <row r="30" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="313"/>
+    <row r="30" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="300"/>
       <c r="B30" s="129" t="s">
         <v>24</v>
       </c>
       <c r="C30" s="176" t="s">
         <v>5</v>
       </c>
       <c r="D30" s="138" t="s">
         <v>49</v>
       </c>
       <c r="E30" s="138" t="s">
         <v>136</v>
       </c>
       <c r="F30" s="110" t="str">
         <f t="shared" si="1"/>
         <v>41RA1 | Respijtzorg A doordeweeks zonder overnachting</v>
       </c>
       <c r="G30" s="224">
         <v>0</v>
       </c>
       <c r="H30" s="91">
         <v>8</v>
       </c>
       <c r="I30" s="171">
         <v>0</v>
       </c>
@@ -12247,52 +12247,52 @@
       </c>
       <c r="CB30" s="90">
         <v>1</v>
       </c>
       <c r="CC30" s="90">
         <v>1</v>
       </c>
       <c r="CD30" s="90">
         <v>1</v>
       </c>
       <c r="CE30" s="90">
         <v>1</v>
       </c>
       <c r="CF30" s="90">
         <v>1</v>
       </c>
       <c r="CG30" s="89">
         <v>0</v>
       </c>
       <c r="CH30" s="171">
         <v>0</v>
       </c>
       <c r="CJ30"/>
       <c r="CK30"/>
     </row>
-    <row r="31" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="313"/>
+    <row r="31" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="300"/>
       <c r="B31" s="130" t="s">
         <v>24</v>
       </c>
       <c r="C31" s="176" t="s">
         <v>5</v>
       </c>
       <c r="D31" s="138" t="s">
         <v>50</v>
       </c>
       <c r="E31" s="138" t="s">
         <v>138</v>
       </c>
       <c r="F31" s="110" t="str">
         <f t="shared" si="1"/>
         <v>41RA2 | Respijtzorg A zaterdag zonder overnachting</v>
       </c>
       <c r="G31" s="224">
         <v>0</v>
       </c>
       <c r="H31" s="91">
         <v>8</v>
       </c>
       <c r="I31" s="171">
         <v>0</v>
       </c>
@@ -12508,52 +12508,52 @@
       </c>
       <c r="CB31" s="90">
         <v>1</v>
       </c>
       <c r="CC31" s="90">
         <v>1</v>
       </c>
       <c r="CD31" s="90">
         <v>1</v>
       </c>
       <c r="CE31" s="90">
         <v>1</v>
       </c>
       <c r="CF31" s="90">
         <v>1</v>
       </c>
       <c r="CG31" s="89">
         <v>0</v>
       </c>
       <c r="CH31" s="171">
         <v>0</v>
       </c>
       <c r="CJ31"/>
       <c r="CK31"/>
     </row>
-    <row r="32" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="313"/>
+    <row r="32" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="300"/>
       <c r="B32" s="130" t="s">
         <v>24</v>
       </c>
       <c r="C32" s="176" t="s">
         <v>5</v>
       </c>
       <c r="D32" s="138" t="s">
         <v>51</v>
       </c>
       <c r="E32" s="138" t="s">
         <v>139</v>
       </c>
       <c r="F32" s="110" t="str">
         <f t="shared" si="1"/>
         <v>41RB1 | Respijtzorg B doordeweeks zonder overnachting</v>
       </c>
       <c r="G32" s="224">
         <v>0</v>
       </c>
       <c r="H32" s="91">
         <v>8</v>
       </c>
       <c r="I32" s="171">
         <v>0</v>
       </c>
@@ -12769,52 +12769,52 @@
       </c>
       <c r="CB32" s="90">
         <v>1</v>
       </c>
       <c r="CC32" s="90">
         <v>1</v>
       </c>
       <c r="CD32" s="90">
         <v>1</v>
       </c>
       <c r="CE32" s="90">
         <v>1</v>
       </c>
       <c r="CF32" s="90">
         <v>1</v>
       </c>
       <c r="CG32" s="89">
         <v>0</v>
       </c>
       <c r="CH32" s="171">
         <v>0</v>
       </c>
       <c r="CJ32"/>
       <c r="CK32"/>
     </row>
-    <row r="33" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="313"/>
+    <row r="33" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="300"/>
       <c r="B33" s="97" t="s">
         <v>24</v>
       </c>
       <c r="C33" s="176" t="s">
         <v>5</v>
       </c>
       <c r="D33" s="138" t="s">
         <v>52</v>
       </c>
       <c r="E33" s="138" t="s">
         <v>140</v>
       </c>
       <c r="F33" s="110" t="str">
         <f t="shared" si="1"/>
         <v>41RB2 | Respijtzorg B zaterdag zonder overnachting</v>
       </c>
       <c r="G33" s="224">
         <v>0</v>
       </c>
       <c r="H33" s="91">
         <v>8</v>
       </c>
       <c r="I33" s="171">
         <v>0</v>
       </c>
@@ -13030,52 +13030,52 @@
       </c>
       <c r="CB33" s="90">
         <v>1</v>
       </c>
       <c r="CC33" s="90">
         <v>1</v>
       </c>
       <c r="CD33" s="90">
         <v>1</v>
       </c>
       <c r="CE33" s="90">
         <v>1</v>
       </c>
       <c r="CF33" s="90">
         <v>1</v>
       </c>
       <c r="CG33" s="89">
         <v>0</v>
       </c>
       <c r="CH33" s="171">
         <v>0</v>
       </c>
       <c r="CJ33"/>
       <c r="CK33"/>
     </row>
-    <row r="34" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="313"/>
+    <row r="34" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="300"/>
       <c r="B34" s="130" t="s">
         <v>24</v>
       </c>
       <c r="C34" s="81" t="s">
         <v>6</v>
       </c>
       <c r="D34" s="44" t="s">
         <v>53</v>
       </c>
       <c r="E34" s="44" t="s">
         <v>141</v>
       </c>
       <c r="F34" s="110" t="str">
         <f t="shared" si="1"/>
         <v>44RA1 | Respijtzorg A doordeweeks met overnachting</v>
       </c>
       <c r="G34" s="224">
         <v>0</v>
       </c>
       <c r="H34" s="91">
         <v>8</v>
       </c>
       <c r="I34" s="171">
         <v>0</v>
       </c>
@@ -13291,52 +13291,52 @@
       </c>
       <c r="CB34" s="90">
         <v>1</v>
       </c>
       <c r="CC34" s="90">
         <v>1</v>
       </c>
       <c r="CD34" s="90">
         <v>1</v>
       </c>
       <c r="CE34" s="90">
         <v>1</v>
       </c>
       <c r="CF34" s="90">
         <v>1</v>
       </c>
       <c r="CG34" s="89">
         <v>0</v>
       </c>
       <c r="CH34" s="171">
         <v>0</v>
       </c>
       <c r="CJ34"/>
       <c r="CK34"/>
     </row>
-    <row r="35" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="313"/>
+    <row r="35" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="300"/>
       <c r="B35" s="130" t="s">
         <v>24</v>
       </c>
       <c r="C35" s="81" t="s">
         <v>6</v>
       </c>
       <c r="D35" s="44" t="s">
         <v>54</v>
       </c>
       <c r="E35" s="44" t="s">
         <v>142</v>
       </c>
       <c r="F35" s="110" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">44RA2 | Respijtzorg A weekend vrij - za met overnachting </v>
       </c>
       <c r="G35" s="224">
         <v>0</v>
       </c>
       <c r="H35" s="91">
         <v>8</v>
       </c>
       <c r="I35" s="171">
         <v>0</v>
       </c>
@@ -13552,52 +13552,52 @@
       </c>
       <c r="CB35" s="90">
         <v>1</v>
       </c>
       <c r="CC35" s="90">
         <v>1</v>
       </c>
       <c r="CD35" s="90">
         <v>1</v>
       </c>
       <c r="CE35" s="90">
         <v>1</v>
       </c>
       <c r="CF35" s="90">
         <v>1</v>
       </c>
       <c r="CG35" s="89">
         <v>0</v>
       </c>
       <c r="CH35" s="171">
         <v>0</v>
       </c>
       <c r="CJ35"/>
       <c r="CK35"/>
     </row>
-    <row r="36" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="313"/>
+    <row r="36" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="300"/>
       <c r="B36" s="130" t="s">
         <v>24</v>
       </c>
       <c r="C36" s="81" t="s">
         <v>6</v>
       </c>
       <c r="D36" s="44" t="s">
         <v>55</v>
       </c>
       <c r="E36" s="44" t="s">
         <v>143</v>
       </c>
       <c r="F36" s="110" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">44RA3 | Respijtzorg A weekend vrij - zo met overnachting </v>
       </c>
       <c r="G36" s="224">
         <v>0</v>
       </c>
       <c r="H36" s="91">
         <v>8</v>
       </c>
       <c r="I36" s="171">
         <v>0</v>
       </c>
@@ -13813,52 +13813,52 @@
       </c>
       <c r="CB36" s="90">
         <v>1</v>
       </c>
       <c r="CC36" s="90">
         <v>1</v>
       </c>
       <c r="CD36" s="90">
         <v>1</v>
       </c>
       <c r="CE36" s="90">
         <v>1</v>
       </c>
       <c r="CF36" s="90">
         <v>1</v>
       </c>
       <c r="CG36" s="89">
         <v>0</v>
       </c>
       <c r="CH36" s="171">
         <v>0</v>
       </c>
       <c r="CJ36"/>
       <c r="CK36"/>
     </row>
-    <row r="37" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="313"/>
+    <row r="37" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="300"/>
       <c r="B37" s="97" t="s">
         <v>24</v>
       </c>
       <c r="C37" s="81" t="s">
         <v>6</v>
       </c>
       <c r="D37" s="44" t="s">
         <v>56</v>
       </c>
       <c r="E37" s="44" t="s">
         <v>145</v>
       </c>
       <c r="F37" s="110" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">44RB1 | Respijtzorg B doordeweeks met overnachting </v>
       </c>
       <c r="G37" s="224">
         <v>0</v>
       </c>
       <c r="H37" s="91">
         <v>8</v>
       </c>
       <c r="I37" s="171">
         <v>0</v>
       </c>
@@ -14074,52 +14074,52 @@
       </c>
       <c r="CB37" s="90">
         <v>1</v>
       </c>
       <c r="CC37" s="90">
         <v>1</v>
       </c>
       <c r="CD37" s="90">
         <v>1</v>
       </c>
       <c r="CE37" s="90">
         <v>1</v>
       </c>
       <c r="CF37" s="90">
         <v>1</v>
       </c>
       <c r="CG37" s="89">
         <v>0</v>
       </c>
       <c r="CH37" s="171">
         <v>0</v>
       </c>
       <c r="CJ37"/>
       <c r="CK37"/>
     </row>
-    <row r="38" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A38" s="313"/>
+    <row r="38" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="300"/>
       <c r="B38" s="130" t="s">
         <v>24</v>
       </c>
       <c r="C38" s="81" t="s">
         <v>6</v>
       </c>
       <c r="D38" s="44" t="s">
         <v>57</v>
       </c>
       <c r="E38" s="44" t="s">
         <v>146</v>
       </c>
       <c r="F38" s="110" t="str">
         <f t="shared" si="1"/>
         <v>44RB2 | Respijtzorg B weekend vrij - za met overnachting</v>
       </c>
       <c r="G38" s="224">
         <v>0</v>
       </c>
       <c r="H38" s="91">
         <v>8</v>
       </c>
       <c r="I38" s="171">
         <v>0</v>
       </c>
@@ -14335,52 +14335,52 @@
       </c>
       <c r="CB38" s="90">
         <v>1</v>
       </c>
       <c r="CC38" s="90">
         <v>1</v>
       </c>
       <c r="CD38" s="90">
         <v>1</v>
       </c>
       <c r="CE38" s="90">
         <v>1</v>
       </c>
       <c r="CF38" s="90">
         <v>1</v>
       </c>
       <c r="CG38" s="89">
         <v>0</v>
       </c>
       <c r="CH38" s="171">
         <v>0</v>
       </c>
       <c r="CJ38"/>
       <c r="CK38"/>
     </row>
-    <row r="39" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A39" s="313"/>
+    <row r="39" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="300"/>
       <c r="B39" s="130" t="s">
         <v>24</v>
       </c>
       <c r="C39" s="81" t="s">
         <v>6</v>
       </c>
       <c r="D39" s="44" t="s">
         <v>58</v>
       </c>
       <c r="E39" s="44" t="s">
         <v>147</v>
       </c>
       <c r="F39" s="110" t="str">
         <f t="shared" si="1"/>
         <v>44RB3 | Respijtzorg B weekend vrij - zo  met overnachting</v>
       </c>
       <c r="G39" s="224">
         <v>0</v>
       </c>
       <c r="H39" s="91">
         <v>8</v>
       </c>
       <c r="I39" s="171">
         <v>0</v>
       </c>
@@ -14596,52 +14596,52 @@
       </c>
       <c r="CB39" s="90">
         <v>1</v>
       </c>
       <c r="CC39" s="90">
         <v>1</v>
       </c>
       <c r="CD39" s="90">
         <v>1</v>
       </c>
       <c r="CE39" s="90">
         <v>1</v>
       </c>
       <c r="CF39" s="90">
         <v>1</v>
       </c>
       <c r="CG39" s="89">
         <v>0</v>
       </c>
       <c r="CH39" s="171">
         <v>0</v>
       </c>
       <c r="CJ39"/>
       <c r="CK39"/>
     </row>
-    <row r="40" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A40" s="314"/>
+    <row r="40" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="301"/>
       <c r="B40" s="131"/>
       <c r="C40" s="251" t="s">
         <v>137</v>
       </c>
       <c r="D40" s="193" t="s">
         <v>266</v>
       </c>
       <c r="E40" s="193" t="s">
         <v>275</v>
       </c>
       <c r="F40" s="264" t="str">
         <f t="shared" si="1"/>
         <v>NGZ08 | NGZ segment 3 Respijtzorg</v>
       </c>
       <c r="G40" s="225">
         <v>0</v>
       </c>
       <c r="H40" s="174">
         <v>8</v>
       </c>
       <c r="I40" s="168">
         <v>0</v>
       </c>
       <c r="J40" s="230">
         <v>6</v>
@@ -14855,52 +14855,52 @@
       </c>
       <c r="CB40" s="166">
         <v>1</v>
       </c>
       <c r="CC40" s="166">
         <v>1</v>
       </c>
       <c r="CD40" s="166">
         <v>1</v>
       </c>
       <c r="CE40" s="166">
         <v>1</v>
       </c>
       <c r="CF40" s="166">
         <v>1</v>
       </c>
       <c r="CG40" s="167">
         <v>0</v>
       </c>
       <c r="CH40" s="168">
         <v>0</v>
       </c>
       <c r="CJ40"/>
       <c r="CK40"/>
     </row>
-    <row r="41" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="309" t="s">
+    <row r="41" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="296" t="s">
         <v>26</v>
       </c>
       <c r="B41" s="147" t="s">
         <v>26</v>
       </c>
       <c r="C41" s="252" t="s">
         <v>7</v>
       </c>
       <c r="D41" s="253" t="s">
         <v>59</v>
       </c>
       <c r="E41" s="253" t="s">
         <v>148</v>
       </c>
       <c r="F41" s="254" t="str">
         <f t="shared" si="1"/>
         <v>54GHR | GGZ Hoog specialistisch - reguliere aanbieder</v>
       </c>
       <c r="G41" s="255">
         <v>0</v>
       </c>
       <c r="H41" s="287">
         <v>8</v>
       </c>
       <c r="I41" s="256">
@@ -15118,52 +15118,52 @@
       </c>
       <c r="CB41" s="258">
         <v>1</v>
       </c>
       <c r="CC41" s="258">
         <v>1</v>
       </c>
       <c r="CD41" s="258">
         <v>1</v>
       </c>
       <c r="CE41" s="258">
         <v>1</v>
       </c>
       <c r="CF41" s="258">
         <v>1</v>
       </c>
       <c r="CG41" s="258">
         <v>1</v>
       </c>
       <c r="CH41" s="259">
         <v>1</v>
       </c>
       <c r="CJ41"/>
       <c r="CK41"/>
     </row>
-    <row r="42" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="310"/>
+    <row r="42" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="297"/>
       <c r="B42" s="148" t="s">
         <v>26</v>
       </c>
       <c r="C42" s="177" t="s">
         <v>7</v>
       </c>
       <c r="D42" s="46" t="s">
         <v>60</v>
       </c>
       <c r="E42" s="46" t="s">
         <v>165</v>
       </c>
       <c r="F42" s="207" t="str">
         <f t="shared" si="1"/>
         <v>54GHM | GGZ Hoog specialistisch -Micro aanbieder</v>
       </c>
       <c r="G42" s="224">
         <v>0</v>
       </c>
       <c r="H42" s="91">
         <v>8</v>
       </c>
       <c r="I42" s="171">
         <v>0</v>
       </c>
@@ -15379,52 +15379,52 @@
       </c>
       <c r="CB42" s="90">
         <v>1</v>
       </c>
       <c r="CC42" s="90">
         <v>1</v>
       </c>
       <c r="CD42" s="90">
         <v>1</v>
       </c>
       <c r="CE42" s="90">
         <v>1</v>
       </c>
       <c r="CF42" s="90">
         <v>1</v>
       </c>
       <c r="CG42" s="90">
         <v>1</v>
       </c>
       <c r="CH42" s="175">
         <v>1</v>
       </c>
       <c r="CJ42"/>
       <c r="CK42"/>
     </row>
-    <row r="43" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="310"/>
+    <row r="43" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="297"/>
       <c r="B43" s="148"/>
       <c r="C43" s="177" t="s">
         <v>7</v>
       </c>
       <c r="D43" s="46" t="s">
         <v>267</v>
       </c>
       <c r="E43" s="46" t="s">
         <v>276</v>
       </c>
       <c r="F43" s="207" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">NGZ10 | NGZ segment 4 GGZ Hoog specialistisch </v>
       </c>
       <c r="G43" s="224">
         <v>0</v>
       </c>
       <c r="H43" s="91">
         <v>8</v>
       </c>
       <c r="I43" s="171">
         <v>0</v>
       </c>
       <c r="J43" s="222">
         <v>1</v>
@@ -15638,52 +15638,52 @@
       </c>
       <c r="CB43" s="90">
         <v>1</v>
       </c>
       <c r="CC43" s="90">
         <v>1</v>
       </c>
       <c r="CD43" s="90">
         <v>1</v>
       </c>
       <c r="CE43" s="90">
         <v>1</v>
       </c>
       <c r="CF43" s="90">
         <v>1</v>
       </c>
       <c r="CG43" s="90">
         <v>1</v>
       </c>
       <c r="CH43" s="175">
         <v>1</v>
       </c>
       <c r="CJ43"/>
       <c r="CK43"/>
     </row>
-    <row r="44" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="310"/>
+    <row r="44" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="297"/>
       <c r="B44" s="149" t="s">
         <v>26</v>
       </c>
       <c r="C44" s="177" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="46" t="s">
         <v>61</v>
       </c>
       <c r="E44" s="46" t="s">
         <v>153</v>
       </c>
       <c r="F44" s="207" t="str">
         <f t="shared" si="1"/>
         <v>54GSR | GGZ Specialistisch - reguliere aanbieder</v>
       </c>
       <c r="G44" s="224">
         <v>0</v>
       </c>
       <c r="H44" s="91">
         <v>8</v>
       </c>
       <c r="I44" s="171">
         <v>0</v>
       </c>
@@ -15899,52 +15899,52 @@
       </c>
       <c r="CB44" s="90">
         <v>1</v>
       </c>
       <c r="CC44" s="90">
         <v>1</v>
       </c>
       <c r="CD44" s="90">
         <v>1</v>
       </c>
       <c r="CE44" s="90">
         <v>1</v>
       </c>
       <c r="CF44" s="90">
         <v>1</v>
       </c>
       <c r="CG44" s="90">
         <v>1</v>
       </c>
       <c r="CH44" s="175">
         <v>1</v>
       </c>
       <c r="CJ44"/>
       <c r="CK44"/>
     </row>
-    <row r="45" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="310"/>
+    <row r="45" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="297"/>
       <c r="B45" s="150" t="s">
         <v>26</v>
       </c>
       <c r="C45" s="177" t="s">
         <v>8</v>
       </c>
       <c r="D45" s="46" t="s">
         <v>62</v>
       </c>
       <c r="E45" s="46" t="s">
         <v>166</v>
       </c>
       <c r="F45" s="207" t="str">
         <f t="shared" si="1"/>
         <v>54GSM | GGZ Specialistisch - Micro aanbieder</v>
       </c>
       <c r="G45" s="224">
         <v>0</v>
       </c>
       <c r="H45" s="91">
         <v>8</v>
       </c>
       <c r="I45" s="171">
         <v>0</v>
       </c>
@@ -16160,52 +16160,52 @@
       </c>
       <c r="CB45" s="90">
         <v>1</v>
       </c>
       <c r="CC45" s="90">
         <v>1</v>
       </c>
       <c r="CD45" s="90">
         <v>1</v>
       </c>
       <c r="CE45" s="90">
         <v>1</v>
       </c>
       <c r="CF45" s="90">
         <v>1</v>
       </c>
       <c r="CG45" s="90">
         <v>1</v>
       </c>
       <c r="CH45" s="175">
         <v>1</v>
       </c>
       <c r="CJ45"/>
       <c r="CK45"/>
     </row>
-    <row r="46" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="310"/>
+    <row r="46" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="297"/>
       <c r="B46" s="150"/>
       <c r="C46" s="177" t="s">
         <v>8</v>
       </c>
       <c r="D46" s="46" t="s">
         <v>268</v>
       </c>
       <c r="E46" s="46" t="s">
         <v>277</v>
       </c>
       <c r="F46" s="207" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">NGZ11 | NGZ segment 4 GGZ specialistisch </v>
       </c>
       <c r="G46" s="224">
         <v>0</v>
       </c>
       <c r="H46" s="91">
         <v>8</v>
       </c>
       <c r="I46" s="171">
         <v>0</v>
       </c>
       <c r="J46" s="222">
         <v>1</v>
@@ -16419,52 +16419,52 @@
       </c>
       <c r="CB46" s="90">
         <v>1</v>
       </c>
       <c r="CC46" s="90">
         <v>1</v>
       </c>
       <c r="CD46" s="90">
         <v>1</v>
       </c>
       <c r="CE46" s="90">
         <v>1</v>
       </c>
       <c r="CF46" s="90">
         <v>1</v>
       </c>
       <c r="CG46" s="90">
         <v>1</v>
       </c>
       <c r="CH46" s="175">
         <v>1</v>
       </c>
       <c r="CJ46"/>
       <c r="CK46"/>
     </row>
-    <row r="47" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="310"/>
+    <row r="47" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="297"/>
       <c r="B47" s="150"/>
       <c r="C47" s="177" t="s">
         <v>256</v>
       </c>
       <c r="D47" s="46" t="s">
         <v>257</v>
       </c>
       <c r="E47" s="46" t="s">
         <v>256</v>
       </c>
       <c r="F47" s="207" t="str">
         <f t="shared" si="1"/>
         <v>54TGZ | Transgenderzorg</v>
       </c>
       <c r="G47" s="222">
         <v>1</v>
       </c>
       <c r="H47" s="90">
         <v>1</v>
       </c>
       <c r="I47" s="175">
         <v>1</v>
       </c>
       <c r="J47" s="222">
         <v>1</v>
@@ -16678,52 +16678,52 @@
       </c>
       <c r="CB47" s="90">
         <v>1</v>
       </c>
       <c r="CC47" s="90">
         <v>1</v>
       </c>
       <c r="CD47" s="90">
         <v>1</v>
       </c>
       <c r="CE47" s="90">
         <v>1</v>
       </c>
       <c r="CF47" s="90">
         <v>1</v>
       </c>
       <c r="CG47" s="90">
         <v>1</v>
       </c>
       <c r="CH47" s="175">
         <v>1</v>
       </c>
       <c r="CJ47"/>
       <c r="CK47"/>
     </row>
-    <row r="48" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="310"/>
+    <row r="48" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="297"/>
       <c r="B48" s="150" t="s">
         <v>26</v>
       </c>
       <c r="C48" s="177" t="s">
         <v>9</v>
       </c>
       <c r="D48" s="46" t="s">
         <v>63</v>
       </c>
       <c r="E48" s="46" t="s">
         <v>154</v>
       </c>
       <c r="F48" s="207" t="str">
         <f t="shared" si="1"/>
         <v>54GBR | GGZ Begeleiding - reguliere aanbieder</v>
       </c>
       <c r="G48" s="224">
         <v>0</v>
       </c>
       <c r="H48" s="91">
         <v>8</v>
       </c>
       <c r="I48" s="171">
         <v>0</v>
       </c>
@@ -16939,52 +16939,52 @@
       </c>
       <c r="CB48" s="90">
         <v>1</v>
       </c>
       <c r="CC48" s="90">
         <v>1</v>
       </c>
       <c r="CD48" s="90">
         <v>1</v>
       </c>
       <c r="CE48" s="90">
         <v>1</v>
       </c>
       <c r="CF48" s="90">
         <v>1</v>
       </c>
       <c r="CG48" s="89">
         <v>0</v>
       </c>
       <c r="CH48" s="171">
         <v>0</v>
       </c>
       <c r="CJ48"/>
       <c r="CK48"/>
     </row>
-    <row r="49" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="310"/>
+    <row r="49" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="297"/>
       <c r="B49" s="150" t="s">
         <v>26</v>
       </c>
       <c r="C49" s="177" t="s">
         <v>9</v>
       </c>
       <c r="D49" s="46" t="s">
         <v>64</v>
       </c>
       <c r="E49" s="46" t="s">
         <v>167</v>
       </c>
       <c r="F49" s="207" t="str">
         <f t="shared" si="1"/>
         <v>54GBM | GGZ Begeleiding - Micro aanbieder</v>
       </c>
       <c r="G49" s="224">
         <v>0</v>
       </c>
       <c r="H49" s="91">
         <v>8</v>
       </c>
       <c r="I49" s="171">
         <v>0</v>
       </c>
@@ -17200,52 +17200,52 @@
       </c>
       <c r="CB49" s="90">
         <v>1</v>
       </c>
       <c r="CC49" s="90">
         <v>1</v>
       </c>
       <c r="CD49" s="90">
         <v>1</v>
       </c>
       <c r="CE49" s="90">
         <v>1</v>
       </c>
       <c r="CF49" s="90">
         <v>1</v>
       </c>
       <c r="CG49" s="89">
         <v>0</v>
       </c>
       <c r="CH49" s="171">
         <v>0</v>
       </c>
       <c r="CJ49"/>
       <c r="CK49"/>
     </row>
-    <row r="50" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="310"/>
+    <row r="50" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="297"/>
       <c r="B50" s="148"/>
       <c r="C50" s="177" t="s">
         <v>9</v>
       </c>
       <c r="D50" s="46" t="s">
         <v>280</v>
       </c>
       <c r="E50" s="46" t="s">
         <v>278</v>
       </c>
       <c r="F50" s="207" t="str">
         <f t="shared" si="1"/>
         <v>NGZ12 | NGZ segment 4 GGZ Begeleiding</v>
       </c>
       <c r="G50" s="224">
         <v>0</v>
       </c>
       <c r="H50" s="91">
         <v>8</v>
       </c>
       <c r="I50" s="171">
         <v>0</v>
       </c>
       <c r="J50" s="222">
         <v>1</v>
@@ -17459,52 +17459,52 @@
       </c>
       <c r="CB50" s="90">
         <v>1</v>
       </c>
       <c r="CC50" s="90">
         <v>1</v>
       </c>
       <c r="CD50" s="90">
         <v>1</v>
       </c>
       <c r="CE50" s="90">
         <v>1</v>
       </c>
       <c r="CF50" s="90">
         <v>1</v>
       </c>
       <c r="CG50" s="89">
         <v>0</v>
       </c>
       <c r="CH50" s="171">
         <v>0</v>
       </c>
       <c r="CJ50"/>
       <c r="CK50"/>
     </row>
-    <row r="51" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="310"/>
+    <row r="51" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="297"/>
       <c r="B51" s="148" t="s">
         <v>26</v>
       </c>
       <c r="C51" s="177" t="s">
         <v>32</v>
       </c>
       <c r="D51" s="46" t="s">
         <v>65</v>
       </c>
       <c r="E51" s="46" t="s">
         <v>155</v>
       </c>
       <c r="F51" s="207" t="str">
         <f t="shared" si="1"/>
         <v>54MCR | Medicatiecontrole - reguliere aanbieder</v>
       </c>
       <c r="G51" s="224">
         <v>0</v>
       </c>
       <c r="H51" s="91">
         <v>8</v>
       </c>
       <c r="I51" s="171">
         <v>0</v>
       </c>
@@ -17720,52 +17720,52 @@
       </c>
       <c r="CB51" s="90">
         <v>1</v>
       </c>
       <c r="CC51" s="90">
         <v>1</v>
       </c>
       <c r="CD51" s="90">
         <v>1</v>
       </c>
       <c r="CE51" s="90">
         <v>1</v>
       </c>
       <c r="CF51" s="90">
         <v>1</v>
       </c>
       <c r="CG51" s="90">
         <v>1</v>
       </c>
       <c r="CH51" s="175">
         <v>1</v>
       </c>
       <c r="CJ51"/>
       <c r="CK51"/>
     </row>
-    <row r="52" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="310"/>
+    <row r="52" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="297"/>
       <c r="B52" s="150" t="s">
         <v>26</v>
       </c>
       <c r="C52" s="177" t="s">
         <v>32</v>
       </c>
       <c r="D52" s="46" t="s">
         <v>66</v>
       </c>
       <c r="E52" s="46" t="s">
         <v>168</v>
       </c>
       <c r="F52" s="207" t="str">
         <f t="shared" si="1"/>
         <v>54MCM | Medicatiecontrole - Micro aanbieder</v>
       </c>
       <c r="G52" s="224">
         <v>0</v>
       </c>
       <c r="H52" s="91">
         <v>8</v>
       </c>
       <c r="I52" s="171">
         <v>0</v>
       </c>
@@ -17981,52 +17981,52 @@
       </c>
       <c r="CB52" s="90">
         <v>1</v>
       </c>
       <c r="CC52" s="90">
         <v>1</v>
       </c>
       <c r="CD52" s="90">
         <v>1</v>
       </c>
       <c r="CE52" s="90">
         <v>1</v>
       </c>
       <c r="CF52" s="90">
         <v>1</v>
       </c>
       <c r="CG52" s="90">
         <v>1</v>
       </c>
       <c r="CH52" s="175">
         <v>1</v>
       </c>
       <c r="CJ52"/>
       <c r="CK52"/>
     </row>
-    <row r="53" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="310"/>
+    <row r="53" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="297"/>
       <c r="B53" s="150"/>
       <c r="C53" s="177" t="s">
         <v>32</v>
       </c>
       <c r="D53" s="46" t="s">
         <v>281</v>
       </c>
       <c r="E53" s="46" t="s">
         <v>279</v>
       </c>
       <c r="F53" s="207" t="str">
         <f t="shared" si="1"/>
         <v>NGZ13 | NGZ segment 4 Medicatiecontrole</v>
       </c>
       <c r="G53" s="224">
         <v>0</v>
       </c>
       <c r="H53" s="91">
         <v>8</v>
       </c>
       <c r="I53" s="171">
         <v>0</v>
       </c>
       <c r="J53" s="222">
         <v>1</v>
@@ -18240,52 +18240,52 @@
       </c>
       <c r="CB53" s="90">
         <v>1</v>
       </c>
       <c r="CC53" s="90">
         <v>1</v>
       </c>
       <c r="CD53" s="90">
         <v>1</v>
       </c>
       <c r="CE53" s="90">
         <v>1</v>
       </c>
       <c r="CF53" s="90">
         <v>1</v>
       </c>
       <c r="CG53" s="90">
         <v>1</v>
       </c>
       <c r="CH53" s="175">
         <v>1</v>
       </c>
       <c r="CJ53"/>
       <c r="CK53"/>
     </row>
-    <row r="54" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="310"/>
+    <row r="54" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="297"/>
       <c r="B54" s="150" t="s">
         <v>26</v>
       </c>
       <c r="C54" s="177" t="s">
         <v>10</v>
       </c>
       <c r="D54" s="46" t="s">
         <v>67</v>
       </c>
       <c r="E54" s="46" t="s">
         <v>156</v>
       </c>
       <c r="F54" s="207" t="str">
         <f t="shared" si="1"/>
         <v>45JHR | JOH Behandeling - reguliere aanbieder</v>
       </c>
       <c r="G54" s="224">
         <v>0</v>
       </c>
       <c r="H54" s="91">
         <v>8</v>
       </c>
       <c r="I54" s="171">
         <v>0</v>
       </c>
@@ -18501,52 +18501,52 @@
       </c>
       <c r="CB54" s="90">
         <v>1</v>
       </c>
       <c r="CC54" s="90">
         <v>1</v>
       </c>
       <c r="CD54" s="90">
         <v>1</v>
       </c>
       <c r="CE54" s="90">
         <v>1</v>
       </c>
       <c r="CF54" s="90">
         <v>1</v>
       </c>
       <c r="CG54" s="90">
         <v>1</v>
       </c>
       <c r="CH54" s="175">
         <v>1</v>
       </c>
       <c r="CJ54"/>
       <c r="CK54"/>
     </row>
-    <row r="55" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="310"/>
+    <row r="55" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="297"/>
       <c r="B55" s="150" t="s">
         <v>26</v>
       </c>
       <c r="C55" s="177" t="s">
         <v>10</v>
       </c>
       <c r="D55" s="46" t="s">
         <v>68</v>
       </c>
       <c r="E55" s="46" t="s">
         <v>169</v>
       </c>
       <c r="F55" s="207" t="str">
         <f t="shared" si="1"/>
         <v>45JHM | JOH Behandeling - Micro aanbieder</v>
       </c>
       <c r="G55" s="224">
         <v>0</v>
       </c>
       <c r="H55" s="91">
         <v>8</v>
       </c>
       <c r="I55" s="171">
         <v>0</v>
       </c>
@@ -18762,52 +18762,52 @@
       </c>
       <c r="CB55" s="90">
         <v>1</v>
       </c>
       <c r="CC55" s="90">
         <v>1</v>
       </c>
       <c r="CD55" s="90">
         <v>1</v>
       </c>
       <c r="CE55" s="90">
         <v>1</v>
       </c>
       <c r="CF55" s="90">
         <v>1</v>
       </c>
       <c r="CG55" s="90">
         <v>1</v>
       </c>
       <c r="CH55" s="175">
         <v>1</v>
       </c>
       <c r="CJ55"/>
       <c r="CK55"/>
     </row>
-    <row r="56" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="310"/>
+    <row r="56" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="297"/>
       <c r="B56" s="150"/>
       <c r="C56" s="177" t="s">
         <v>10</v>
       </c>
       <c r="D56" s="46" t="s">
         <v>286</v>
       </c>
       <c r="E56" s="46" t="s">
         <v>282</v>
       </c>
       <c r="F56" s="207" t="str">
         <f t="shared" si="1"/>
         <v>NGZ14 | NGZ segment 4 JOH behandeling</v>
       </c>
       <c r="G56" s="224">
         <v>0</v>
       </c>
       <c r="H56" s="91">
         <v>8</v>
       </c>
       <c r="I56" s="171">
         <v>0</v>
       </c>
       <c r="J56" s="222">
         <v>1</v>
@@ -19021,52 +19021,52 @@
       </c>
       <c r="CB56" s="90">
         <v>1</v>
       </c>
       <c r="CC56" s="90">
         <v>1</v>
       </c>
       <c r="CD56" s="90">
         <v>1</v>
       </c>
       <c r="CE56" s="90">
         <v>1</v>
       </c>
       <c r="CF56" s="90">
         <v>1</v>
       </c>
       <c r="CG56" s="90">
         <v>1</v>
       </c>
       <c r="CH56" s="175">
         <v>1</v>
       </c>
       <c r="CJ56"/>
       <c r="CK56"/>
     </row>
-    <row r="57" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="310"/>
+    <row r="57" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="297"/>
       <c r="B57" s="150" t="s">
         <v>26</v>
       </c>
       <c r="C57" s="177" t="s">
         <v>11</v>
       </c>
       <c r="D57" s="46" t="s">
         <v>69</v>
       </c>
       <c r="E57" s="46" t="s">
         <v>158</v>
       </c>
       <c r="F57" s="207" t="str">
         <f t="shared" si="1"/>
         <v>45JGR | JOH Begeleiding - reguliere aanbieder</v>
       </c>
       <c r="G57" s="224">
         <v>0</v>
       </c>
       <c r="H57" s="91">
         <v>8</v>
       </c>
       <c r="I57" s="171">
         <v>0</v>
       </c>
@@ -19282,52 +19282,52 @@
       </c>
       <c r="CB57" s="90">
         <v>1</v>
       </c>
       <c r="CC57" s="90">
         <v>1</v>
       </c>
       <c r="CD57" s="90">
         <v>1</v>
       </c>
       <c r="CE57" s="90">
         <v>1</v>
       </c>
       <c r="CF57" s="90">
         <v>1</v>
       </c>
       <c r="CG57" s="89">
         <v>0</v>
       </c>
       <c r="CH57" s="171">
         <v>0</v>
       </c>
       <c r="CJ57"/>
       <c r="CK57"/>
     </row>
-    <row r="58" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="310"/>
+    <row r="58" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="297"/>
       <c r="B58" s="150" t="s">
         <v>26</v>
       </c>
       <c r="C58" s="177" t="s">
         <v>11</v>
       </c>
       <c r="D58" s="46" t="s">
         <v>70</v>
       </c>
       <c r="E58" s="46" t="s">
         <v>170</v>
       </c>
       <c r="F58" s="207" t="str">
         <f t="shared" si="1"/>
         <v>45JGM | JOH Begeleiding - Micro aanbieder</v>
       </c>
       <c r="G58" s="224">
         <v>0</v>
       </c>
       <c r="H58" s="91">
         <v>8</v>
       </c>
       <c r="I58" s="171">
         <v>0</v>
       </c>
@@ -19543,52 +19543,52 @@
       </c>
       <c r="CB58" s="90">
         <v>1</v>
       </c>
       <c r="CC58" s="90">
         <v>1</v>
       </c>
       <c r="CD58" s="90">
         <v>1</v>
       </c>
       <c r="CE58" s="90">
         <v>1</v>
       </c>
       <c r="CF58" s="90">
         <v>1</v>
       </c>
       <c r="CG58" s="89">
         <v>0</v>
       </c>
       <c r="CH58" s="171">
         <v>0</v>
       </c>
       <c r="CJ58"/>
       <c r="CK58"/>
     </row>
-    <row r="59" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="310"/>
+    <row r="59" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="297"/>
       <c r="B59" s="150"/>
       <c r="C59" s="177" t="s">
         <v>11</v>
       </c>
       <c r="D59" s="46" t="s">
         <v>287</v>
       </c>
       <c r="E59" s="46" t="s">
         <v>283</v>
       </c>
       <c r="F59" s="207" t="str">
         <f t="shared" si="1"/>
         <v>NGZ15 | NGZ segment 4 JOH begeleiding</v>
       </c>
       <c r="G59" s="224">
         <v>0</v>
       </c>
       <c r="H59" s="91">
         <v>8</v>
       </c>
       <c r="I59" s="171">
         <v>0</v>
       </c>
       <c r="J59" s="222">
         <v>1</v>
@@ -19802,52 +19802,52 @@
       </c>
       <c r="CB59" s="90">
         <v>1</v>
       </c>
       <c r="CC59" s="90">
         <v>1</v>
       </c>
       <c r="CD59" s="90">
         <v>1</v>
       </c>
       <c r="CE59" s="90">
         <v>1</v>
       </c>
       <c r="CF59" s="90">
         <v>1</v>
       </c>
       <c r="CG59" s="89">
         <v>0</v>
       </c>
       <c r="CH59" s="171">
         <v>0</v>
       </c>
       <c r="CJ59"/>
       <c r="CK59"/>
     </row>
-    <row r="60" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="310"/>
+    <row r="60" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="297"/>
       <c r="B60" s="150" t="s">
         <v>26</v>
       </c>
       <c r="C60" s="177" t="s">
         <v>12</v>
       </c>
       <c r="D60" s="46" t="s">
         <v>71</v>
       </c>
       <c r="E60" s="46" t="s">
         <v>159</v>
       </c>
       <c r="F60" s="207" t="str">
         <f t="shared" si="1"/>
         <v>45GHR | GHZ Behandeling - reguliere aanbieder</v>
       </c>
       <c r="G60" s="224">
         <v>0</v>
       </c>
       <c r="H60" s="91">
         <v>8</v>
       </c>
       <c r="I60" s="171">
         <v>0</v>
       </c>
@@ -20063,52 +20063,52 @@
       </c>
       <c r="CB60" s="90">
         <v>1</v>
       </c>
       <c r="CC60" s="90">
         <v>1</v>
       </c>
       <c r="CD60" s="90">
         <v>1</v>
       </c>
       <c r="CE60" s="90">
         <v>1</v>
       </c>
       <c r="CF60" s="90">
         <v>1</v>
       </c>
       <c r="CG60" s="90">
         <v>1</v>
       </c>
       <c r="CH60" s="175">
         <v>1</v>
       </c>
       <c r="CJ60"/>
       <c r="CK60"/>
     </row>
-    <row r="61" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="310"/>
+    <row r="61" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="297"/>
       <c r="B61" s="150" t="s">
         <v>26</v>
       </c>
       <c r="C61" s="177" t="s">
         <v>12</v>
       </c>
       <c r="D61" s="46" t="s">
         <v>72</v>
       </c>
       <c r="E61" s="46" t="s">
         <v>171</v>
       </c>
       <c r="F61" s="207" t="str">
         <f t="shared" si="1"/>
         <v>45GHM | GHZ Behandeling - Micro aanbieder</v>
       </c>
       <c r="G61" s="224">
         <v>0</v>
       </c>
       <c r="H61" s="91">
         <v>8</v>
       </c>
       <c r="I61" s="171">
         <v>0</v>
       </c>
@@ -20324,52 +20324,52 @@
       </c>
       <c r="CB61" s="90">
         <v>1</v>
       </c>
       <c r="CC61" s="90">
         <v>1</v>
       </c>
       <c r="CD61" s="90">
         <v>1</v>
       </c>
       <c r="CE61" s="90">
         <v>1</v>
       </c>
       <c r="CF61" s="90">
         <v>1</v>
       </c>
       <c r="CG61" s="90">
         <v>1</v>
       </c>
       <c r="CH61" s="175">
         <v>1</v>
       </c>
       <c r="CJ61"/>
       <c r="CK61"/>
     </row>
-    <row r="62" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="310"/>
+    <row r="62" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="297"/>
       <c r="B62" s="150"/>
       <c r="C62" s="177" t="s">
         <v>12</v>
       </c>
       <c r="D62" s="46" t="s">
         <v>288</v>
       </c>
       <c r="E62" s="46" t="s">
         <v>284</v>
       </c>
       <c r="F62" s="207" t="str">
         <f t="shared" si="1"/>
         <v>NGZ16 | NGZ segment 4 GHZ behandeling</v>
       </c>
       <c r="G62" s="224">
         <v>0</v>
       </c>
       <c r="H62" s="91">
         <v>8</v>
       </c>
       <c r="I62" s="171">
         <v>0</v>
       </c>
       <c r="J62" s="222">
         <v>1</v>
@@ -20583,52 +20583,52 @@
       </c>
       <c r="CB62" s="90">
         <v>1</v>
       </c>
       <c r="CC62" s="90">
         <v>1</v>
       </c>
       <c r="CD62" s="90">
         <v>1</v>
       </c>
       <c r="CE62" s="90">
         <v>1</v>
       </c>
       <c r="CF62" s="90">
         <v>1</v>
       </c>
       <c r="CG62" s="90">
         <v>1</v>
       </c>
       <c r="CH62" s="175">
         <v>1</v>
       </c>
       <c r="CJ62"/>
       <c r="CK62"/>
     </row>
-    <row r="63" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="310"/>
+    <row r="63" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="297"/>
       <c r="B63" s="150" t="s">
         <v>26</v>
       </c>
       <c r="C63" s="177" t="s">
         <v>13</v>
       </c>
       <c r="D63" s="46" t="s">
         <v>73</v>
       </c>
       <c r="E63" s="46" t="s">
         <v>161</v>
       </c>
       <c r="F63" s="207" t="str">
         <f t="shared" si="1"/>
         <v>45GBR | GHZ Begeleiding - reguliere aanbieder</v>
       </c>
       <c r="G63" s="224">
         <v>0</v>
       </c>
       <c r="H63" s="91">
         <v>8</v>
       </c>
       <c r="I63" s="171">
         <v>0</v>
       </c>
@@ -20844,52 +20844,52 @@
       </c>
       <c r="CB63" s="90">
         <v>1</v>
       </c>
       <c r="CC63" s="90">
         <v>1</v>
       </c>
       <c r="CD63" s="90">
         <v>1</v>
       </c>
       <c r="CE63" s="90">
         <v>1</v>
       </c>
       <c r="CF63" s="90">
         <v>1</v>
       </c>
       <c r="CG63" s="89">
         <v>0</v>
       </c>
       <c r="CH63" s="171">
         <v>0</v>
       </c>
       <c r="CJ63"/>
       <c r="CK63"/>
     </row>
-    <row r="64" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="310"/>
+    <row r="64" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="297"/>
       <c r="B64" s="148" t="s">
         <v>26</v>
       </c>
       <c r="C64" s="177" t="s">
         <v>13</v>
       </c>
       <c r="D64" s="46" t="s">
         <v>74</v>
       </c>
       <c r="E64" s="46" t="s">
         <v>172</v>
       </c>
       <c r="F64" s="207" t="str">
         <f t="shared" si="1"/>
         <v>45GBM | GHZ Begeleiding - Micro aanbieder</v>
       </c>
       <c r="G64" s="224">
         <v>0</v>
       </c>
       <c r="H64" s="91">
         <v>8</v>
       </c>
       <c r="I64" s="171">
         <v>0</v>
       </c>
@@ -21105,52 +21105,52 @@
       </c>
       <c r="CB64" s="90">
         <v>1</v>
       </c>
       <c r="CC64" s="90">
         <v>1</v>
       </c>
       <c r="CD64" s="90">
         <v>1</v>
       </c>
       <c r="CE64" s="90">
         <v>1</v>
       </c>
       <c r="CF64" s="90">
         <v>1</v>
       </c>
       <c r="CG64" s="89">
         <v>0</v>
       </c>
       <c r="CH64" s="171">
         <v>0</v>
       </c>
       <c r="CJ64"/>
       <c r="CK64"/>
     </row>
-    <row r="65" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="310"/>
+    <row r="65" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="297"/>
       <c r="B65" s="148"/>
       <c r="C65" s="177" t="s">
         <v>13</v>
       </c>
       <c r="D65" s="46" t="s">
         <v>289</v>
       </c>
       <c r="E65" s="46" t="s">
         <v>285</v>
       </c>
       <c r="F65" s="207" t="str">
         <f t="shared" si="1"/>
         <v>NGZ17 | NGZ segment 4 GHZ begeleiding</v>
       </c>
       <c r="G65" s="224">
         <v>0</v>
       </c>
       <c r="H65" s="91">
         <v>8</v>
       </c>
       <c r="I65" s="171">
         <v>0</v>
       </c>
       <c r="J65" s="222">
         <v>1</v>
@@ -21364,52 +21364,52 @@
       </c>
       <c r="CB65" s="90">
         <v>1</v>
       </c>
       <c r="CC65" s="90">
         <v>1</v>
       </c>
       <c r="CD65" s="90">
         <v>1</v>
       </c>
       <c r="CE65" s="90">
         <v>1</v>
       </c>
       <c r="CF65" s="90">
         <v>1</v>
       </c>
       <c r="CG65" s="89">
         <v>0</v>
       </c>
       <c r="CH65" s="171">
         <v>0</v>
       </c>
       <c r="CJ65"/>
       <c r="CK65"/>
     </row>
-    <row r="66" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A66" s="310"/>
+    <row r="66" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="297"/>
       <c r="B66" s="150" t="s">
         <v>26</v>
       </c>
       <c r="C66" s="177" t="s">
         <v>19</v>
       </c>
       <c r="D66" s="46" t="s">
         <v>75</v>
       </c>
       <c r="E66" s="46" t="s">
         <v>162</v>
       </c>
       <c r="F66" s="207" t="str">
         <f t="shared" si="1"/>
         <v>40VZR | Verzorging / Basisondersteuning - reguliere aanbieder</v>
       </c>
       <c r="G66" s="224">
         <v>0</v>
       </c>
       <c r="H66" s="91">
         <v>8</v>
       </c>
       <c r="I66" s="171">
         <v>0</v>
       </c>
@@ -21625,52 +21625,52 @@
       </c>
       <c r="CB66" s="90">
         <v>1</v>
       </c>
       <c r="CC66" s="90">
         <v>1</v>
       </c>
       <c r="CD66" s="90">
         <v>1</v>
       </c>
       <c r="CE66" s="90">
         <v>1</v>
       </c>
       <c r="CF66" s="90">
         <v>1</v>
       </c>
       <c r="CG66" s="89">
         <v>0</v>
       </c>
       <c r="CH66" s="171">
         <v>0</v>
       </c>
       <c r="CJ66"/>
       <c r="CK66"/>
     </row>
-    <row r="67" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A67" s="310"/>
+    <row r="67" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="297"/>
       <c r="B67" s="150" t="s">
         <v>26</v>
       </c>
       <c r="C67" s="177" t="s">
         <v>19</v>
       </c>
       <c r="D67" s="46" t="s">
         <v>76</v>
       </c>
       <c r="E67" s="46" t="s">
         <v>173</v>
       </c>
       <c r="F67" s="207" t="str">
         <f t="shared" si="1"/>
         <v>40VZM | Verzorging / Basisondersteuning - Micro aanbieder</v>
       </c>
       <c r="G67" s="224">
         <v>0</v>
       </c>
       <c r="H67" s="91">
         <v>8</v>
       </c>
       <c r="I67" s="171">
         <v>0</v>
       </c>
@@ -21886,52 +21886,52 @@
       </c>
       <c r="CB67" s="90">
         <v>1</v>
       </c>
       <c r="CC67" s="90">
         <v>1</v>
       </c>
       <c r="CD67" s="90">
         <v>1</v>
       </c>
       <c r="CE67" s="90">
         <v>1</v>
       </c>
       <c r="CF67" s="90">
         <v>1</v>
       </c>
       <c r="CG67" s="89">
         <v>0</v>
       </c>
       <c r="CH67" s="171">
         <v>0</v>
       </c>
       <c r="CJ67"/>
       <c r="CK67"/>
     </row>
-    <row r="68" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A68" s="310"/>
+    <row r="68" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="297"/>
       <c r="B68" s="148"/>
       <c r="C68" s="177" t="s">
         <v>19</v>
       </c>
       <c r="D68" s="46" t="s">
         <v>292</v>
       </c>
       <c r="E68" s="46" t="s">
         <v>290</v>
       </c>
       <c r="F68" s="207" t="str">
         <f t="shared" si="1"/>
         <v>NGZ18 | NGZ segment 4 Verzorging</v>
       </c>
       <c r="G68" s="224">
         <v>0</v>
       </c>
       <c r="H68" s="91">
         <v>8</v>
       </c>
       <c r="I68" s="171">
         <v>0</v>
       </c>
       <c r="J68" s="222">
         <v>1</v>
@@ -22145,52 +22145,52 @@
       </c>
       <c r="CB68" s="90">
         <v>1</v>
       </c>
       <c r="CC68" s="90">
         <v>1</v>
       </c>
       <c r="CD68" s="90">
         <v>1</v>
       </c>
       <c r="CE68" s="90">
         <v>1</v>
       </c>
       <c r="CF68" s="90">
         <v>1</v>
       </c>
       <c r="CG68" s="89">
         <v>0</v>
       </c>
       <c r="CH68" s="171">
         <v>0</v>
       </c>
       <c r="CJ68"/>
       <c r="CK68"/>
     </row>
-    <row r="69" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A69" s="310"/>
+    <row r="69" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="297"/>
       <c r="B69" s="148" t="s">
         <v>26</v>
       </c>
       <c r="C69" s="177" t="s">
         <v>14</v>
       </c>
       <c r="D69" s="46" t="s">
         <v>77</v>
       </c>
       <c r="E69" s="46" t="s">
         <v>163</v>
       </c>
       <c r="F69" s="207" t="str">
         <f t="shared" si="1"/>
         <v>54VKR | Vaktherapie - reguliere aanbieder</v>
       </c>
       <c r="G69" s="224">
         <v>0</v>
       </c>
       <c r="H69" s="91">
         <v>8</v>
       </c>
       <c r="I69" s="171">
         <v>0</v>
       </c>
@@ -22406,52 +22406,52 @@
       </c>
       <c r="CB69" s="90">
         <v>1</v>
       </c>
       <c r="CC69" s="90">
         <v>1</v>
       </c>
       <c r="CD69" s="90">
         <v>1</v>
       </c>
       <c r="CE69" s="90">
         <v>1</v>
       </c>
       <c r="CF69" s="90">
         <v>1</v>
       </c>
       <c r="CG69" s="90">
         <v>1</v>
       </c>
       <c r="CH69" s="175">
         <v>1</v>
       </c>
       <c r="CJ69"/>
       <c r="CK69"/>
     </row>
-    <row r="70" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A70" s="310"/>
+    <row r="70" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A70" s="297"/>
       <c r="B70" s="151" t="s">
         <v>26</v>
       </c>
       <c r="C70" s="177" t="s">
         <v>14</v>
       </c>
       <c r="D70" s="46" t="s">
         <v>78</v>
       </c>
       <c r="E70" s="46" t="s">
         <v>174</v>
       </c>
       <c r="F70" s="207" t="str">
         <f t="shared" si="1"/>
         <v>54VKM | Vaktherapie - Micro aanbieder</v>
       </c>
       <c r="G70" s="224">
         <v>0</v>
       </c>
       <c r="H70" s="91">
         <v>8</v>
       </c>
       <c r="I70" s="171">
         <v>0</v>
       </c>
@@ -22667,52 +22667,52 @@
       </c>
       <c r="CB70" s="90">
         <v>1</v>
       </c>
       <c r="CC70" s="90">
         <v>1</v>
       </c>
       <c r="CD70" s="90">
         <v>1</v>
       </c>
       <c r="CE70" s="90">
         <v>1</v>
       </c>
       <c r="CF70" s="90">
         <v>1</v>
       </c>
       <c r="CG70" s="90">
         <v>1</v>
       </c>
       <c r="CH70" s="175">
         <v>1</v>
       </c>
       <c r="CJ70"/>
       <c r="CK70"/>
     </row>
-    <row r="71" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A71" s="311"/>
+    <row r="71" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="298"/>
       <c r="B71" s="148"/>
       <c r="C71" s="178" t="s">
         <v>14</v>
       </c>
       <c r="D71" s="179" t="s">
         <v>293</v>
       </c>
       <c r="E71" s="179" t="s">
         <v>291</v>
       </c>
       <c r="F71" s="208" t="str">
         <f t="shared" si="1"/>
         <v>NGZ19 | NGZ segment 4 Vaktherapie</v>
       </c>
       <c r="G71" s="225">
         <v>0</v>
       </c>
       <c r="H71" s="174">
         <v>8</v>
       </c>
       <c r="I71" s="168">
         <v>0</v>
       </c>
       <c r="J71" s="220">
         <v>1</v>
@@ -22926,51 +22926,51 @@
       </c>
       <c r="CB71" s="166">
         <v>1</v>
       </c>
       <c r="CC71" s="166">
         <v>1</v>
       </c>
       <c r="CD71" s="166">
         <v>1</v>
       </c>
       <c r="CE71" s="166">
         <v>1</v>
       </c>
       <c r="CF71" s="166">
         <v>1</v>
       </c>
       <c r="CG71" s="166">
         <v>1</v>
       </c>
       <c r="CH71" s="181">
         <v>1</v>
       </c>
       <c r="CJ71"/>
       <c r="CK71"/>
     </row>
-    <row r="72" spans="1:89" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:89" ht="60" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A72" s="6" t="s">
         <v>27</v>
       </c>
       <c r="B72" s="182" t="s">
         <v>27</v>
       </c>
       <c r="C72" s="209" t="s">
         <v>372</v>
       </c>
       <c r="D72" s="183" t="s">
         <v>79</v>
       </c>
       <c r="E72" s="183" t="s">
         <v>175</v>
       </c>
       <c r="F72" s="210" t="str">
         <f t="shared" si="1"/>
         <v>46CRS | Crisishulp - Taakgericht</v>
       </c>
       <c r="G72" s="226">
         <v>13</v>
       </c>
       <c r="H72" s="184">
         <v>13</v>
       </c>
@@ -23189,52 +23189,52 @@
       </c>
       <c r="CB72" s="184">
         <v>13</v>
       </c>
       <c r="CC72" s="184">
         <v>13</v>
       </c>
       <c r="CD72" s="184">
         <v>13</v>
       </c>
       <c r="CE72" s="184">
         <v>13</v>
       </c>
       <c r="CF72" s="184">
         <v>13</v>
       </c>
       <c r="CG72" s="184">
         <v>13</v>
       </c>
       <c r="CH72" s="185">
         <v>13</v>
       </c>
       <c r="CJ72"/>
       <c r="CK72"/>
     </row>
-    <row r="73" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A73" s="303" t="s">
+    <row r="73" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="290" t="s">
         <v>29</v>
       </c>
       <c r="B73" s="132" t="s">
         <v>29</v>
       </c>
       <c r="C73" s="211" t="s">
         <v>15</v>
       </c>
       <c r="D73" s="186" t="s">
         <v>92</v>
       </c>
       <c r="E73" s="186" t="s">
         <v>15</v>
       </c>
       <c r="F73" s="212" t="str">
         <f t="shared" si="1"/>
         <v>50BSO | BSO+</v>
       </c>
       <c r="G73" s="221">
         <v>1</v>
       </c>
       <c r="H73" s="159">
         <v>1</v>
       </c>
       <c r="I73" s="169">
@@ -23452,52 +23452,52 @@
       </c>
       <c r="CB73" s="159">
         <v>1</v>
       </c>
       <c r="CC73" s="159">
         <v>1</v>
       </c>
       <c r="CD73" s="159">
         <v>1</v>
       </c>
       <c r="CE73" s="159">
         <v>1</v>
       </c>
       <c r="CF73" s="159">
         <v>1</v>
       </c>
       <c r="CG73" s="160">
         <v>0</v>
       </c>
       <c r="CH73" s="169">
         <v>0</v>
       </c>
       <c r="CJ73"/>
       <c r="CK73"/>
     </row>
-    <row r="74" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A74" s="304"/>
+    <row r="74" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A74" s="291"/>
       <c r="B74" s="133" t="s">
         <v>29</v>
       </c>
       <c r="C74" s="213" t="s">
         <v>15</v>
       </c>
       <c r="D74" s="126" t="s">
         <v>93</v>
       </c>
       <c r="E74" s="126" t="s">
         <v>388</v>
       </c>
       <c r="F74" s="214" t="str">
         <f t="shared" si="1"/>
         <v>BSOVV | BSO+  vervoer</v>
       </c>
       <c r="G74" s="222">
         <v>1</v>
       </c>
       <c r="H74" s="90">
         <v>1</v>
       </c>
       <c r="I74" s="171">
         <v>0</v>
       </c>
@@ -23713,52 +23713,52 @@
       </c>
       <c r="CB74" s="90">
         <v>1</v>
       </c>
       <c r="CC74" s="90">
         <v>1</v>
       </c>
       <c r="CD74" s="90">
         <v>1</v>
       </c>
       <c r="CE74" s="90">
         <v>1</v>
       </c>
       <c r="CF74" s="90">
         <v>1</v>
       </c>
       <c r="CG74" s="89">
         <v>0</v>
       </c>
       <c r="CH74" s="171">
         <v>0</v>
       </c>
       <c r="CJ74"/>
       <c r="CK74"/>
     </row>
-    <row r="75" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A75" s="304"/>
+    <row r="75" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="291"/>
       <c r="B75" s="98"/>
       <c r="C75" s="213" t="s">
         <v>15</v>
       </c>
       <c r="D75" s="126" t="s">
         <v>385</v>
       </c>
       <c r="E75" s="126" t="s">
         <v>387</v>
       </c>
       <c r="F75" s="214" t="str">
         <f t="shared" si="1"/>
         <v>BSOTX | BSO+ Taxivervoer</v>
       </c>
       <c r="G75" s="222">
         <v>1</v>
       </c>
       <c r="H75" s="90">
         <v>1</v>
       </c>
       <c r="I75" s="171">
         <v>0</v>
       </c>
       <c r="J75" s="222">
         <v>1</v>
@@ -23972,52 +23972,52 @@
       </c>
       <c r="CB75" s="90">
         <v>1</v>
       </c>
       <c r="CC75" s="90">
         <v>1</v>
       </c>
       <c r="CD75" s="90">
         <v>1</v>
       </c>
       <c r="CE75" s="90">
         <v>1</v>
       </c>
       <c r="CF75" s="90">
         <v>1</v>
       </c>
       <c r="CG75" s="89">
         <v>0</v>
       </c>
       <c r="CH75" s="171">
         <v>0</v>
       </c>
       <c r="CJ75"/>
       <c r="CK75"/>
     </row>
-    <row r="76" spans="1:89" ht="81" x14ac:dyDescent="0.25">
-      <c r="A76" s="304"/>
+    <row r="76" spans="1:89" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A76" s="291"/>
       <c r="B76" s="98" t="s">
         <v>29</v>
       </c>
       <c r="C76" s="213" t="s">
         <v>16</v>
       </c>
       <c r="D76" s="126" t="s">
         <v>80</v>
       </c>
       <c r="E76" s="126" t="s">
         <v>221</v>
       </c>
       <c r="F76" s="214" t="str">
         <f t="shared" si="1"/>
         <v>53A06 | Behandeling of onderzoek op de polikliniek of dagbehandeling bij Een psychische of gedragsaandoening (excl. activiteiten psychosociaal specifiek)</v>
       </c>
       <c r="G76" s="222">
         <v>1</v>
       </c>
       <c r="H76" s="90">
         <v>1</v>
       </c>
       <c r="I76" s="171">
         <v>0</v>
       </c>
@@ -24233,52 +24233,52 @@
       </c>
       <c r="CB76" s="92">
         <v>0</v>
       </c>
       <c r="CC76" s="92">
         <v>0</v>
       </c>
       <c r="CD76" s="90">
         <v>1</v>
       </c>
       <c r="CE76" s="90">
         <v>1</v>
       </c>
       <c r="CF76" s="90">
         <v>1</v>
       </c>
       <c r="CG76" s="90">
         <v>1</v>
       </c>
       <c r="CH76" s="175">
         <v>1</v>
       </c>
       <c r="CJ76"/>
       <c r="CK76"/>
     </row>
-    <row r="77" spans="1:89" ht="81" x14ac:dyDescent="0.25">
-      <c r="A77" s="304"/>
+    <row r="77" spans="1:89" ht="86.4" x14ac:dyDescent="0.3">
+      <c r="A77" s="291"/>
       <c r="B77" s="134" t="s">
         <v>29</v>
       </c>
       <c r="C77" s="213" t="s">
         <v>16</v>
       </c>
       <c r="D77" s="126" t="s">
         <v>81</v>
       </c>
       <c r="E77" s="126" t="s">
         <v>222</v>
       </c>
       <c r="F77" s="214" t="str">
         <f t="shared" si="1"/>
         <v>53A05 | Behandeling of onderzoek op de polikliniek of dagbehandeling bij een psychische of gedragsaandoening (incl. activiteiten psychosociaal specifiek)</v>
       </c>
       <c r="G77" s="222">
         <v>1</v>
       </c>
       <c r="H77" s="90">
         <v>1</v>
       </c>
       <c r="I77" s="171">
         <v>0</v>
       </c>
@@ -24494,52 +24494,52 @@
       </c>
       <c r="CB77" s="92">
         <v>0</v>
       </c>
       <c r="CC77" s="92">
         <v>0</v>
       </c>
       <c r="CD77" s="90">
         <v>1</v>
       </c>
       <c r="CE77" s="90">
         <v>1</v>
       </c>
       <c r="CF77" s="90">
         <v>1</v>
       </c>
       <c r="CG77" s="90">
         <v>1</v>
       </c>
       <c r="CH77" s="175">
         <v>1</v>
       </c>
       <c r="CJ77"/>
       <c r="CK77"/>
     </row>
-    <row r="78" spans="1:89" ht="36" x14ac:dyDescent="0.25">
-      <c r="A78" s="304"/>
+    <row r="78" spans="1:89" ht="38.4" x14ac:dyDescent="0.3">
+      <c r="A78" s="291"/>
       <c r="B78" s="135" t="s">
         <v>29</v>
       </c>
       <c r="C78" s="213" t="s">
         <v>16</v>
       </c>
       <c r="D78" s="126" t="s">
         <v>82</v>
       </c>
       <c r="E78" s="126" t="s">
         <v>223</v>
       </c>
       <c r="F78" s="214" t="str">
         <f t="shared" si="1"/>
         <v>53A04 | Consult op de polikliniek bij een psychische of gedragsaandoening</v>
       </c>
       <c r="G78" s="222">
         <v>1</v>
       </c>
       <c r="H78" s="90">
         <v>1</v>
       </c>
       <c r="I78" s="171">
         <v>0</v>
       </c>
@@ -24755,52 +24755,52 @@
       </c>
       <c r="CB78" s="92">
         <v>0</v>
       </c>
       <c r="CC78" s="92">
         <v>0</v>
       </c>
       <c r="CD78" s="90">
         <v>1</v>
       </c>
       <c r="CE78" s="90">
         <v>1</v>
       </c>
       <c r="CF78" s="90">
         <v>1</v>
       </c>
       <c r="CG78" s="90">
         <v>1</v>
       </c>
       <c r="CH78" s="175">
         <v>1</v>
       </c>
       <c r="CJ78"/>
       <c r="CK78"/>
     </row>
-    <row r="79" spans="1:89" ht="54" x14ac:dyDescent="0.25">
-      <c r="A79" s="304"/>
+    <row r="79" spans="1:89" ht="57.6" x14ac:dyDescent="0.3">
+      <c r="A79" s="291"/>
       <c r="B79" s="134" t="s">
         <v>29</v>
       </c>
       <c r="C79" s="213" t="s">
         <v>16</v>
       </c>
       <c r="D79" s="126" t="s">
         <v>83</v>
       </c>
       <c r="E79" s="126" t="s">
         <v>224</v>
       </c>
       <c r="F79" s="214" t="str">
         <f t="shared" si="1"/>
         <v>53A03 | Meer dan 6 polikliniekbezoeken of meer dan 1 dagbehandeling bij een psychische of gedragsaandoening</v>
       </c>
       <c r="G79" s="222">
         <v>1</v>
       </c>
       <c r="H79" s="90">
         <v>1</v>
       </c>
       <c r="I79" s="171">
         <v>0</v>
       </c>
@@ -25016,52 +25016,52 @@
       </c>
       <c r="CB79" s="92">
         <v>0</v>
       </c>
       <c r="CC79" s="92">
         <v>0</v>
       </c>
       <c r="CD79" s="90">
         <v>1</v>
       </c>
       <c r="CE79" s="90">
         <v>1</v>
       </c>
       <c r="CF79" s="90">
         <v>1</v>
       </c>
       <c r="CG79" s="90">
         <v>1</v>
       </c>
       <c r="CH79" s="175">
         <v>1</v>
       </c>
       <c r="CJ79"/>
       <c r="CK79"/>
     </row>
-    <row r="80" spans="1:89" ht="27" x14ac:dyDescent="0.25">
-      <c r="A80" s="304"/>
+    <row r="80" spans="1:89" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A80" s="291"/>
       <c r="B80" s="98" t="s">
         <v>29</v>
       </c>
       <c r="C80" s="213" t="s">
         <v>16</v>
       </c>
       <c r="D80" s="126" t="s">
         <v>84</v>
       </c>
       <c r="E80" s="126" t="s">
         <v>225</v>
       </c>
       <c r="F80" s="214" t="str">
         <f t="shared" si="1"/>
         <v>53A02 | Consult op de polikliniek bij gedragsproblemen</v>
       </c>
       <c r="G80" s="222">
         <v>1</v>
       </c>
       <c r="H80" s="90">
         <v>1</v>
       </c>
       <c r="I80" s="171">
         <v>0</v>
       </c>
@@ -25277,52 +25277,52 @@
       </c>
       <c r="CB80" s="88">
         <v>20</v>
       </c>
       <c r="CC80" s="92">
         <v>0</v>
       </c>
       <c r="CD80" s="90">
         <v>1</v>
       </c>
       <c r="CE80" s="90">
         <v>1</v>
       </c>
       <c r="CF80" s="90">
         <v>1</v>
       </c>
       <c r="CG80" s="90">
         <v>1</v>
       </c>
       <c r="CH80" s="175">
         <v>1</v>
       </c>
       <c r="CJ80"/>
       <c r="CK80"/>
     </row>
-    <row r="81" spans="1:89" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A81" s="304"/>
+    <row r="81" spans="1:89" ht="48.6" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="291"/>
       <c r="B81" s="133" t="s">
         <v>29</v>
       </c>
       <c r="C81" s="213" t="s">
         <v>16</v>
       </c>
       <c r="D81" s="126" t="s">
         <v>85</v>
       </c>
       <c r="E81" s="126" t="s">
         <v>226</v>
       </c>
       <c r="F81" s="214" t="str">
         <f t="shared" si="1"/>
         <v>53A01 | Behandeling of onderzoek op de polikliniek of dagbehandeling bij gedragsproblemen</v>
       </c>
       <c r="G81" s="222">
         <v>1</v>
       </c>
       <c r="H81" s="90">
         <v>1</v>
       </c>
       <c r="I81" s="171">
         <v>0</v>
       </c>
@@ -25538,52 +25538,52 @@
       </c>
       <c r="CB81" s="92">
         <v>0</v>
       </c>
       <c r="CC81" s="88">
         <v>20</v>
       </c>
       <c r="CD81" s="90">
         <v>1</v>
       </c>
       <c r="CE81" s="90">
         <v>1</v>
       </c>
       <c r="CF81" s="90">
         <v>1</v>
       </c>
       <c r="CG81" s="90">
         <v>1</v>
       </c>
       <c r="CH81" s="175">
         <v>1</v>
       </c>
       <c r="CJ81"/>
       <c r="CK81"/>
     </row>
-    <row r="82" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A82" s="304"/>
+    <row r="82" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="291"/>
       <c r="B82" s="98" t="s">
         <v>29</v>
       </c>
       <c r="C82" s="213" t="s">
         <v>17</v>
       </c>
       <c r="D82" s="126" t="s">
         <v>86</v>
       </c>
       <c r="E82" s="126" t="s">
         <v>177</v>
       </c>
       <c r="F82" s="214" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">45ED1  | Diagnostiek ED (traject) </v>
       </c>
       <c r="G82" s="222">
         <v>1</v>
       </c>
       <c r="H82" s="90">
         <v>1</v>
       </c>
       <c r="I82" s="171">
         <v>0</v>
       </c>
@@ -25799,52 +25799,52 @@
       </c>
       <c r="CB82" s="90">
         <v>1</v>
       </c>
       <c r="CC82" s="90">
         <v>1</v>
       </c>
       <c r="CD82" s="88">
         <v>20</v>
       </c>
       <c r="CE82" s="90">
         <v>1</v>
       </c>
       <c r="CF82" s="90">
         <v>1</v>
       </c>
       <c r="CG82" s="89">
         <v>0</v>
       </c>
       <c r="CH82" s="171">
         <v>0</v>
       </c>
       <c r="CJ82"/>
       <c r="CK82"/>
     </row>
-    <row r="83" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A83" s="304"/>
+    <row r="83" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="291"/>
       <c r="B83" s="134" t="s">
         <v>29</v>
       </c>
       <c r="C83" s="213" t="s">
         <v>17</v>
       </c>
       <c r="D83" s="126" t="s">
         <v>87</v>
       </c>
       <c r="E83" s="126" t="s">
         <v>178</v>
       </c>
       <c r="F83" s="214" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">45ED2  | Behandeling ED per sessie </v>
       </c>
       <c r="G83" s="222">
         <v>1</v>
       </c>
       <c r="H83" s="90">
         <v>1</v>
       </c>
       <c r="I83" s="171">
         <v>0</v>
       </c>
@@ -26060,52 +26060,52 @@
       </c>
       <c r="CB83" s="90">
         <v>1</v>
       </c>
       <c r="CC83" s="90">
         <v>1</v>
       </c>
       <c r="CD83" s="90">
         <v>1</v>
       </c>
       <c r="CE83" s="88">
         <v>20</v>
       </c>
       <c r="CF83" s="90">
         <v>1</v>
       </c>
       <c r="CG83" s="89">
         <v>0</v>
       </c>
       <c r="CH83" s="171">
         <v>0</v>
       </c>
       <c r="CJ83"/>
       <c r="CK83"/>
     </row>
-    <row r="84" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A84" s="304"/>
+    <row r="84" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A84" s="291"/>
       <c r="B84" s="136" t="s">
         <v>29</v>
       </c>
       <c r="C84" s="213" t="s">
         <v>17</v>
       </c>
       <c r="D84" s="126" t="s">
         <v>88</v>
       </c>
       <c r="E84" s="126" t="s">
         <v>179</v>
       </c>
       <c r="F84" s="214" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve">45ED3  | Extra behandeling ED per sessie </v>
       </c>
       <c r="G84" s="222">
         <v>1</v>
       </c>
       <c r="H84" s="90">
         <v>1</v>
       </c>
       <c r="I84" s="171">
         <v>0</v>
       </c>
@@ -26321,52 +26321,52 @@
       </c>
       <c r="CB84" s="90">
         <v>1</v>
       </c>
       <c r="CC84" s="90">
         <v>1</v>
       </c>
       <c r="CD84" s="90">
         <v>1</v>
       </c>
       <c r="CE84" s="90">
         <v>1</v>
       </c>
       <c r="CF84" s="88">
         <v>20</v>
       </c>
       <c r="CG84" s="89">
         <v>0</v>
       </c>
       <c r="CH84" s="171">
         <v>0</v>
       </c>
       <c r="CJ84"/>
       <c r="CK84"/>
     </row>
-    <row r="85" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A85" s="304"/>
+    <row r="85" spans="1:89" ht="26.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="291"/>
       <c r="B85" s="137" t="s">
         <v>29</v>
       </c>
       <c r="C85" s="215" t="s">
         <v>18</v>
       </c>
       <c r="D85" s="127" t="s">
         <v>89</v>
       </c>
       <c r="E85" s="127" t="s">
         <v>182</v>
       </c>
       <c r="F85" s="192" t="str">
         <f t="shared" si="1"/>
         <v>44BWZ | Beschermd wonen zonder huisvesting</v>
       </c>
       <c r="G85" s="222">
         <v>1</v>
       </c>
       <c r="H85" s="91">
         <v>3</v>
       </c>
       <c r="I85" s="171">
         <v>0</v>
       </c>
@@ -26582,52 +26582,52 @@
       </c>
       <c r="CB85" s="90">
         <v>1</v>
       </c>
       <c r="CC85" s="90">
         <v>1</v>
       </c>
       <c r="CD85" s="89">
         <v>0</v>
       </c>
       <c r="CE85" s="89">
         <v>0</v>
       </c>
       <c r="CF85" s="89">
         <v>0</v>
       </c>
       <c r="CG85" s="88">
         <v>20</v>
       </c>
       <c r="CH85" s="187">
         <v>0</v>
       </c>
       <c r="CJ85"/>
       <c r="CK85"/>
     </row>
-    <row r="86" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A86" s="305"/>
+    <row r="86" spans="1:89" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="A86" s="292"/>
       <c r="B86" s="136" t="s">
         <v>29</v>
       </c>
       <c r="C86" s="216" t="s">
         <v>18</v>
       </c>
       <c r="D86" s="188" t="s">
         <v>90</v>
       </c>
       <c r="E86" s="188" t="s">
         <v>183</v>
       </c>
       <c r="F86" s="195" t="str">
         <f t="shared" si="1"/>
         <v>44BWH | Beschermd wonen met huisvesting</v>
       </c>
       <c r="G86" s="220">
         <v>1</v>
       </c>
       <c r="H86" s="174">
         <v>3</v>
       </c>
       <c r="I86" s="168">
         <v>0</v>
       </c>
@@ -26843,1084 +26843,1088 @@
       </c>
       <c r="CB86" s="166">
         <v>1</v>
       </c>
       <c r="CC86" s="166">
         <v>1</v>
       </c>
       <c r="CD86" s="167">
         <v>0</v>
       </c>
       <c r="CE86" s="167">
         <v>0</v>
       </c>
       <c r="CF86" s="167">
         <v>0</v>
       </c>
       <c r="CG86" s="180">
         <v>0</v>
       </c>
       <c r="CH86" s="189">
         <v>20</v>
       </c>
       <c r="CJ86"/>
       <c r="CK86"/>
     </row>
-    <row r="87" spans="1:89" ht="15" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:89" ht="14.4" x14ac:dyDescent="0.3">
       <c r="CJ87"/>
       <c r="CK87"/>
     </row>
-    <row r="88" spans="1:89" ht="15" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:89" ht="14.4" x14ac:dyDescent="0.3">
       <c r="CJ88"/>
       <c r="CK88"/>
     </row>
     <row r="89" spans="1:89" x14ac:dyDescent="0.2">
       <c r="A89" s="1" t="s">
         <v>376</v>
       </c>
     </row>
-    <row r="90" spans="1:89" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="90" spans="1:89" ht="15.6" x14ac:dyDescent="0.2">
       <c r="A90" s="1" t="s">
         <v>373</v>
       </c>
       <c r="B90" s="93"/>
       <c r="C90" s="152">
         <v>1</v>
       </c>
       <c r="D90" s="15" t="s">
         <v>20</v>
       </c>
       <c r="E90" s="1"/>
       <c r="F90" s="1"/>
     </row>
-    <row r="91" spans="1:89" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="91" spans="1:89" ht="15.6" x14ac:dyDescent="0.2">
       <c r="A91" s="1" t="s">
         <v>373</v>
       </c>
       <c r="B91" s="94"/>
       <c r="C91" s="89">
         <v>0</v>
       </c>
       <c r="D91" s="15" t="s">
         <v>21</v>
       </c>
       <c r="E91" s="1"/>
       <c r="F91" s="1"/>
     </row>
-    <row r="92" spans="1:89" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="92" spans="1:89" ht="15.6" x14ac:dyDescent="0.2">
       <c r="A92" s="1" t="s">
         <v>373</v>
       </c>
       <c r="B92" s="95"/>
       <c r="C92" s="288">
         <v>20</v>
       </c>
       <c r="D92" s="15" t="s">
         <v>375</v>
       </c>
       <c r="E92" s="1"/>
       <c r="F92" s="1"/>
     </row>
-    <row r="93" spans="1:89" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="93" spans="1:89" ht="15.6" x14ac:dyDescent="0.2">
       <c r="A93" s="1" t="s">
         <v>373</v>
       </c>
       <c r="C93" s="153">
         <v>3</v>
       </c>
       <c r="D93" s="15" t="s">
         <v>378</v>
       </c>
     </row>
-    <row r="94" spans="1:89" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="94" spans="1:89" ht="15.6" x14ac:dyDescent="0.2">
       <c r="C94" s="288">
         <v>21</v>
       </c>
       <c r="D94" s="15" t="s">
         <v>384</v>
       </c>
     </row>
-    <row r="95" spans="1:89" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="95" spans="1:89" ht="15.6" x14ac:dyDescent="0.2">
       <c r="A95" s="1" t="s">
         <v>373</v>
       </c>
       <c r="C95" s="153">
         <v>5</v>
       </c>
       <c r="D95" s="15" t="s">
         <v>95</v>
       </c>
     </row>
-    <row r="96" spans="1:89" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="96" spans="1:89" ht="15.6" x14ac:dyDescent="0.2">
       <c r="A96" s="1" t="s">
         <v>373</v>
       </c>
       <c r="C96" s="153">
         <v>6</v>
       </c>
       <c r="D96" s="15" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="97" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="97" spans="1:4" ht="15.6" x14ac:dyDescent="0.2">
       <c r="A97" s="1" t="s">
         <v>373</v>
       </c>
       <c r="C97" s="153">
         <v>7</v>
       </c>
       <c r="D97" s="15" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="98" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="98" spans="1:4" ht="15.6" x14ac:dyDescent="0.2">
       <c r="A98" s="1" t="s">
         <v>373</v>
       </c>
       <c r="C98" s="153">
         <v>8</v>
       </c>
       <c r="D98" s="15" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-    <row r="99" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4" ht="15.6" x14ac:dyDescent="0.2">
       <c r="C99" s="153">
         <v>9</v>
       </c>
       <c r="D99" s="15" t="s">
         <v>98</v>
       </c>
     </row>
-    <row r="100" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="100" spans="1:4" ht="15.6" x14ac:dyDescent="0.2">
       <c r="C100" s="153">
         <v>10</v>
       </c>
       <c r="D100" s="15" t="s">
         <v>374</v>
       </c>
     </row>
-    <row r="101" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="101" spans="1:4" ht="15.6" x14ac:dyDescent="0.2">
       <c r="A101" s="1" t="s">
         <v>373</v>
       </c>
       <c r="C101" s="153">
         <v>11</v>
       </c>
       <c r="D101" s="15" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="102" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="102" spans="1:4" ht="15.6" x14ac:dyDescent="0.2">
       <c r="A102" s="1" t="s">
         <v>373</v>
       </c>
       <c r="C102" s="153">
         <v>12</v>
       </c>
       <c r="D102" s="15" t="s">
         <v>379</v>
       </c>
     </row>
-    <row r="103" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="103" spans="1:4" ht="15.6" x14ac:dyDescent="0.2">
       <c r="A103" s="1" t="s">
         <v>373</v>
       </c>
       <c r="C103" s="152">
         <v>13</v>
       </c>
       <c r="D103" s="15" t="s">
         <v>258</v>
       </c>
     </row>
-    <row r="104" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="104" spans="1:4" ht="15.6" x14ac:dyDescent="0.2">
       <c r="A104" s="1" t="s">
         <v>373</v>
       </c>
       <c r="C104" s="153">
         <v>14</v>
       </c>
       <c r="D104" s="15" t="s">
         <v>383</v>
       </c>
     </row>
-    <row r="105" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="105" spans="1:4" ht="15.6" x14ac:dyDescent="0.2">
       <c r="A105" s="1" t="s">
         <v>373</v>
       </c>
       <c r="C105" s="152">
         <v>15</v>
       </c>
       <c r="D105" s="15" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="106" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+    <row r="106" spans="1:4" ht="15.6" x14ac:dyDescent="0.2">
       <c r="A106" s="1" t="s">
         <v>373</v>
       </c>
       <c r="C106" s="153">
         <v>17</v>
       </c>
       <c r="D106" s="15" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-    <row r="107" spans="1:4" ht="15.75" x14ac:dyDescent="0.2">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4" ht="15.6" x14ac:dyDescent="0.2">
       <c r="A107" s="1" t="s">
         <v>373</v>
       </c>
       <c r="C107" s="153">
         <v>18</v>
       </c>
       <c r="D107" s="289" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-    <row r="110" spans="1:4" ht="22.5" x14ac:dyDescent="0.2">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4" x14ac:dyDescent="0.2">
       <c r="C110" s="155" t="s">
         <v>377</v>
       </c>
     </row>
-    <row r="111" spans="1:4" ht="56.25" x14ac:dyDescent="0.2">
+    <row r="111" spans="1:4" ht="40.799999999999997" x14ac:dyDescent="0.2">
       <c r="C111" s="3" t="s">
         <v>354</v>
       </c>
     </row>
-    <row r="112" spans="1:4" ht="56.25" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:4" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C112" s="3" t="s">
         <v>353</v>
       </c>
     </row>
-    <row r="113" spans="3:3" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="113" spans="3:3" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="C113" s="3" t="s">
         <v>313</v>
       </c>
     </row>
-    <row r="114" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="114" spans="3:3" ht="40.799999999999997" x14ac:dyDescent="0.2">
       <c r="C114" s="3" t="s">
         <v>314</v>
       </c>
     </row>
-    <row r="115" spans="3:3" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="115" spans="3:3" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="C115" s="3" t="s">
         <v>315</v>
       </c>
     </row>
-    <row r="116" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="116" spans="3:3" ht="40.799999999999997" x14ac:dyDescent="0.2">
       <c r="C116" s="3" t="s">
         <v>316</v>
       </c>
     </row>
-    <row r="117" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="117" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C117" s="3" t="s">
         <v>317</v>
       </c>
     </row>
-    <row r="118" spans="3:3" ht="56.25" x14ac:dyDescent="0.2">
+    <row r="118" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C118" s="3" t="s">
         <v>299</v>
       </c>
     </row>
-    <row r="119" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="119" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C119" s="3" t="s">
         <v>319</v>
       </c>
     </row>
-    <row r="120" spans="3:3" ht="56.25" x14ac:dyDescent="0.2">
+    <row r="120" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C120" s="3" t="s">
         <v>320</v>
       </c>
     </row>
-    <row r="121" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="121" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C121" s="3" t="s">
         <v>321</v>
       </c>
     </row>
-    <row r="122" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="122" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C122" s="3" t="s">
         <v>295</v>
       </c>
     </row>
-    <row r="123" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="123" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C123" s="3" t="s">
         <v>371</v>
       </c>
     </row>
-    <row r="124" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="124" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C124" s="3" t="s">
         <v>370</v>
       </c>
     </row>
-    <row r="125" spans="3:3" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="125" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C125" s="3" t="s">
         <v>306</v>
       </c>
     </row>
-    <row r="126" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="126" spans="3:3" ht="40.799999999999997" x14ac:dyDescent="0.2">
       <c r="C126" s="3" t="s">
         <v>307</v>
       </c>
     </row>
-    <row r="127" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="127" spans="3:3" ht="40.799999999999997" x14ac:dyDescent="0.2">
       <c r="C127" s="3" t="s">
         <v>308</v>
       </c>
     </row>
-    <row r="128" spans="3:3" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="128" spans="3:3" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="C128" s="3" t="s">
         <v>303</v>
       </c>
     </row>
-    <row r="129" spans="3:3" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="129" spans="3:3" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="C129" s="3" t="s">
         <v>304</v>
       </c>
     </row>
-    <row r="130" spans="3:3" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="130" spans="3:3" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="C130" s="3" t="s">
         <v>302</v>
       </c>
     </row>
-    <row r="131" spans="3:3" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="131" spans="3:3" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="C131" s="3" t="s">
         <v>296</v>
       </c>
     </row>
-    <row r="132" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="132" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C132" s="3" t="s">
         <v>322</v>
       </c>
     </row>
-    <row r="133" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="133" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C133" s="3" t="s">
         <v>323</v>
       </c>
     </row>
-    <row r="134" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="134" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C134" s="3" t="s">
         <v>324</v>
       </c>
     </row>
-    <row r="135" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="135" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C135" s="3" t="s">
         <v>325</v>
       </c>
     </row>
-    <row r="136" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="136" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C136" s="3" t="s">
         <v>326</v>
       </c>
     </row>
-    <row r="137" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="137" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C137" s="3" t="s">
         <v>327</v>
       </c>
     </row>
-    <row r="138" spans="3:3" ht="56.25" x14ac:dyDescent="0.2">
+    <row r="138" spans="3:3" ht="51" x14ac:dyDescent="0.2">
       <c r="C138" s="3" t="s">
         <v>312</v>
       </c>
     </row>
-    <row r="139" spans="3:3" ht="56.25" x14ac:dyDescent="0.2">
+    <row r="139" spans="3:3" ht="51" x14ac:dyDescent="0.2">
       <c r="C139" s="3" t="s">
         <v>310</v>
       </c>
     </row>
-    <row r="140" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="140" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C140" s="3" t="s">
         <v>367</v>
       </c>
     </row>
-    <row r="141" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="141" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C141" s="3" t="s">
         <v>368</v>
       </c>
     </row>
-    <row r="142" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="142" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C142" s="3" t="s">
         <v>369</v>
       </c>
     </row>
-    <row r="143" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="143" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C143" s="3" t="s">
         <v>351</v>
       </c>
     </row>
-    <row r="144" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="144" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C144" s="3" t="s">
         <v>350</v>
       </c>
     </row>
-    <row r="145" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="145" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C145" s="3" t="s">
         <v>348</v>
       </c>
     </row>
-    <row r="146" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="146" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C146" s="3" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="147" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="147" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C147" s="3" t="s">
         <v>345</v>
       </c>
     </row>
-    <row r="148" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="148" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C148" s="3" t="s">
         <v>300</v>
       </c>
     </row>
-    <row r="149" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="149" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C149" s="3" t="s">
         <v>343</v>
       </c>
     </row>
-    <row r="150" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="150" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C150" s="3" t="s">
         <v>342</v>
       </c>
     </row>
-    <row r="151" spans="3:3" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="151" spans="3:3" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="C151" s="3" t="s">
         <v>359</v>
       </c>
     </row>
-    <row r="152" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="152" spans="3:3" ht="40.799999999999997" x14ac:dyDescent="0.2">
       <c r="C152" s="3" t="s">
         <v>294</v>
       </c>
     </row>
-    <row r="153" spans="3:3" ht="90" x14ac:dyDescent="0.2">
+    <row r="153" spans="3:3" ht="61.2" x14ac:dyDescent="0.2">
       <c r="C153" s="3" t="s">
         <v>366</v>
       </c>
     </row>
-    <row r="154" spans="3:3" ht="56.25" x14ac:dyDescent="0.2">
+    <row r="154" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C154" s="3" t="s">
         <v>365</v>
       </c>
     </row>
-    <row r="155" spans="3:3" ht="101.25" x14ac:dyDescent="0.2">
+    <row r="155" spans="3:3" ht="61.2" x14ac:dyDescent="0.2">
       <c r="C155" s="3" t="s">
         <v>364</v>
       </c>
     </row>
-    <row r="156" spans="3:3" ht="67.5" x14ac:dyDescent="0.2">
+    <row r="156" spans="3:3" ht="40.799999999999997" x14ac:dyDescent="0.2">
       <c r="C156" s="3" t="s">
         <v>363</v>
       </c>
     </row>
-    <row r="157" spans="3:3" ht="135" x14ac:dyDescent="0.2">
+    <row r="157" spans="3:3" ht="102" x14ac:dyDescent="0.2">
       <c r="C157" s="3" t="s">
         <v>362</v>
       </c>
     </row>
-    <row r="158" spans="3:3" ht="135" x14ac:dyDescent="0.2">
+    <row r="158" spans="3:3" ht="102" x14ac:dyDescent="0.2">
       <c r="C158" s="3" t="s">
         <v>361</v>
       </c>
     </row>
-    <row r="159" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="159" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C159" s="3" t="s">
         <v>337</v>
       </c>
     </row>
-    <row r="160" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="160" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C160" s="3" t="s">
         <v>336</v>
       </c>
     </row>
-    <row r="161" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="161" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C161" s="3" t="s">
         <v>330</v>
       </c>
     </row>
-    <row r="162" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="162" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C162" s="3" t="s">
         <v>329</v>
       </c>
     </row>
-    <row r="163" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="163" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C163" s="3" t="s">
         <v>333</v>
       </c>
     </row>
-    <row r="164" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="164" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C164" s="3" t="s">
         <v>332</v>
       </c>
     </row>
-    <row r="165" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="165" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C165" s="3" t="s">
         <v>340</v>
       </c>
     </row>
-    <row r="166" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="166" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C166" s="3" t="s">
         <v>339</v>
       </c>
     </row>
-    <row r="167" spans="3:3" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="167" spans="3:3" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="C167" s="3" t="s">
         <v>335</v>
       </c>
     </row>
-    <row r="168" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="168" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C168" s="3" t="s">
         <v>357</v>
       </c>
     </row>
-    <row r="169" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="169" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C169" s="3" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="170" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C170" s="3" t="s">
         <v>301</v>
       </c>
     </row>
     <row r="171" spans="3:3" x14ac:dyDescent="0.2">
       <c r="C171" s="3" t="s">
         <v>360</v>
       </c>
     </row>
-    <row r="172" spans="3:3" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="172" spans="3:3" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="C172" s="3" t="s">
         <v>390</v>
       </c>
     </row>
-    <row r="173" spans="3:3" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="173" spans="3:3" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="C173" s="3" t="s">
         <v>389</v>
       </c>
     </row>
-    <row r="174" spans="3:3" ht="22.5" x14ac:dyDescent="0.2">
+    <row r="174" spans="3:3" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="C174" s="3" t="s">
         <v>305</v>
       </c>
     </row>
-    <row r="175" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="175" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C175" s="3" t="s">
         <v>297</v>
       </c>
     </row>
-    <row r="176" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="176" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C176" s="3" t="s">
         <v>309</v>
       </c>
     </row>
-    <row r="177" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="177" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C177" s="3" t="s">
         <v>311</v>
       </c>
     </row>
-    <row r="178" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="178" spans="3:3" ht="20.399999999999999" x14ac:dyDescent="0.2">
       <c r="C178" s="3" t="s">
         <v>298</v>
       </c>
     </row>
-    <row r="179" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="179" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C179" s="3" t="s">
         <v>318</v>
       </c>
     </row>
-    <row r="180" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="180" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C180" s="3" t="s">
         <v>328</v>
       </c>
     </row>
-    <row r="181" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="181" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C181" s="3" t="s">
         <v>331</v>
       </c>
     </row>
-    <row r="182" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="182" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C182" s="3" t="s">
         <v>334</v>
       </c>
     </row>
-    <row r="183" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="183" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C183" s="3" t="s">
         <v>338</v>
       </c>
     </row>
-    <row r="184" spans="3:3" ht="45" x14ac:dyDescent="0.2">
+    <row r="184" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C184" s="3" t="s">
         <v>341</v>
       </c>
     </row>
-    <row r="185" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="185" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C185" s="3" t="s">
         <v>344</v>
       </c>
     </row>
-    <row r="186" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="186" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C186" s="3" t="s">
         <v>346</v>
       </c>
     </row>
-    <row r="187" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="187" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C187" s="3" t="s">
         <v>349</v>
       </c>
     </row>
-    <row r="188" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="188" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C188" s="3" t="s">
         <v>352</v>
       </c>
     </row>
-    <row r="189" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="189" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C189" s="3" t="s">
         <v>355</v>
       </c>
     </row>
-    <row r="190" spans="3:3" ht="33.75" x14ac:dyDescent="0.2">
+    <row r="190" spans="3:3" ht="30.6" x14ac:dyDescent="0.2">
       <c r="C190" s="3" t="s">
         <v>358</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="IWkN/4jICjBgl1lSRbRDBLDuG1GcIYmaBFszzcns7DEb12BT2AMJkgF8KN26uZc0t4SCnTzbu7x6F5LsEaYR5g==" saltValue="4kBBfkTJuVdWSBzQfhI0GA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="GoDuae/zUGXdd9TXfYXL6goD34nwY9/Z6Z/p0oKoHvXm05hrlahNfgbryu1EYyVJKuAJshkZAnt1P7XtHOfymA==" saltValue="KuaDXNeShvzUa6VLS3AaxA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C111:C190">
     <sortCondition ref="C111:C190"/>
   </sortState>
   <mergeCells count="10">
+    <mergeCell ref="BU1:CH1"/>
+    <mergeCell ref="X1:AM1"/>
+    <mergeCell ref="AO1:BS1"/>
+    <mergeCell ref="G1:I1"/>
+    <mergeCell ref="A7:A9"/>
     <mergeCell ref="A73:A86"/>
     <mergeCell ref="J1:W1"/>
     <mergeCell ref="A41:A71"/>
     <mergeCell ref="A24:A40"/>
     <mergeCell ref="A10:A23"/>
-    <mergeCell ref="BU1:CH1"/>
-[...3 lines deleted...]
-    <mergeCell ref="A7:A9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="8" scale="65" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7EFE699-FF51-4F7E-AE1A-B0215159E2E4}">
   <dimension ref="A1:J31"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="55" zoomScaleNormal="55" workbookViewId="0">
-      <selection activeCell="C6" sqref="C6"/>
+      <selection activeCell="E6" sqref="E6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="9.140625" customWidth="1"/>
-    <col min="2" max="2" width="22.5703125" customWidth="1"/>
+    <col min="1" max="1" width="9.109375" customWidth="1"/>
+    <col min="2" max="2" width="22.5546875" customWidth="1"/>
     <col min="3" max="3" width="37" customWidth="1"/>
-    <col min="4" max="4" width="36.28515625" customWidth="1"/>
-    <col min="5" max="5" width="48.140625" customWidth="1"/>
+    <col min="4" max="4" width="36.33203125" customWidth="1"/>
+    <col min="5" max="5" width="48.109375" customWidth="1"/>
     <col min="6" max="6" width="38" customWidth="1"/>
-    <col min="7" max="7" width="9.140625" customWidth="1"/>
-    <col min="8" max="8" width="9.140625" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="9.109375" customWidth="1"/>
+    <col min="8" max="8" width="9.109375" hidden="1" customWidth="1"/>
     <col min="9" max="10" width="0" hidden="1" customWidth="1"/>
-    <col min="11" max="16384" width="9.140625" hidden="1"/>
+    <col min="11" max="16384" width="9.109375" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:7" ht="45" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A1" s="280" t="s">
         <v>395</v>
       </c>
       <c r="C1" s="318" t="s">
         <v>244</v>
       </c>
       <c r="D1" s="318"/>
       <c r="E1" s="318"/>
       <c r="F1" s="318"/>
     </row>
-    <row r="2" spans="1:7" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:7" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A2" s="270"/>
       <c r="B2" s="270"/>
       <c r="C2" s="273"/>
       <c r="D2" s="273"/>
       <c r="E2" s="270"/>
       <c r="F2" s="270"/>
       <c r="G2" s="270"/>
     </row>
-    <row r="3" spans="1:7" ht="24" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="3" spans="1:7" ht="24" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A3" s="270"/>
       <c r="B3" s="325" t="s">
         <v>252</v>
       </c>
       <c r="C3" s="327" t="s">
         <v>253</v>
       </c>
       <c r="D3" s="328"/>
       <c r="E3" s="328"/>
       <c r="F3" s="328"/>
       <c r="G3" s="270"/>
     </row>
-    <row r="4" spans="1:7" ht="24" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="4" spans="1:7" ht="24" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A4" s="270"/>
       <c r="B4" s="326"/>
       <c r="C4" s="105" t="s">
         <v>107</v>
       </c>
       <c r="D4" s="105" t="s">
         <v>108</v>
       </c>
       <c r="E4" s="105" t="s">
         <v>100</v>
       </c>
       <c r="F4" s="107" t="s">
         <v>99</v>
       </c>
       <c r="G4" s="270"/>
     </row>
-    <row r="5" spans="1:7" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:7" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A5" s="270"/>
       <c r="B5" s="103" t="s">
         <v>250</v>
       </c>
       <c r="C5" s="99"/>
       <c r="D5" s="99"/>
       <c r="E5" s="99"/>
       <c r="F5" s="282" t="str" cm="1">
         <f t="array" ref="F5">_xlfn.IFNA(INDEX('input tool'!$A$2:$A$98,MATCH($E$5,'input tool'!$B$2:$B$98,0),),"")</f>
         <v/>
       </c>
       <c r="G5" s="270"/>
     </row>
-    <row r="6" spans="1:7" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:7" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A6" s="270"/>
       <c r="B6" s="106" t="s">
         <v>251</v>
       </c>
       <c r="C6" s="100"/>
       <c r="D6" s="100"/>
       <c r="E6" s="100"/>
       <c r="F6" s="283" t="str" cm="1">
         <f t="array" ref="F6">_xlfn.IFNA(INDEX('input tool'!$A$2:$A$98,MATCH($E$6,'input tool'!$B$2:$B$98,0),),"")</f>
         <v/>
       </c>
       <c r="G6" s="270"/>
     </row>
-    <row r="7" spans="1:7" ht="77.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:7" ht="77.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A7" s="270"/>
       <c r="B7" s="104" t="s">
         <v>231</v>
       </c>
       <c r="C7" s="340" t="str">
         <f>_xlfn.IFNA(VLOOKUP(INDEX(Combinatieschema!$G$7:$CH$86,MATCH($F$5,Combinatieschema!$G$4:$CH$4,0),MATCH($F$6,Combinatieschema!$D$7:$D$86,0)),Combinatieschema!$C$90:$D$107,2,FALSE),"[SELECTEER PRODUCTCODES]")</f>
         <v>[SELECTEER PRODUCTCODES]</v>
       </c>
       <c r="D7" s="341"/>
       <c r="E7" s="341"/>
       <c r="F7" s="342"/>
       <c r="G7" s="270"/>
     </row>
-    <row r="8" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A8" s="270"/>
       <c r="B8" s="274"/>
       <c r="C8" s="274"/>
       <c r="D8" s="274"/>
       <c r="E8" s="274"/>
       <c r="F8" s="274"/>
       <c r="G8" s="270"/>
     </row>
-    <row r="9" spans="1:7" ht="75.599999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:7" ht="75.599999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A9" s="271"/>
       <c r="B9" s="276" t="s">
         <v>380</v>
       </c>
       <c r="C9" s="277"/>
       <c r="D9" s="278"/>
       <c r="E9" s="279"/>
       <c r="F9" s="286" t="str" cm="1">
         <f t="array" ref="F9">_xlfn.IFNA(INDEX('input tool'!$A$2:$A$97,MATCH($E$9,'input tool'!$B$2:$B$97,0),),"")</f>
         <v/>
       </c>
       <c r="G9" s="272"/>
     </row>
-    <row r="10" spans="1:7" ht="75.599999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:7" ht="75.599999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A10" s="270"/>
       <c r="B10" s="270"/>
       <c r="C10" s="265" t="s">
         <v>381</v>
       </c>
       <c r="D10" s="319" t="str">
         <f>_xlfn.IFNA(VLOOKUP(INDEX(Combinatieschema!$G$7:$CH$86,MATCH($F$5,Combinatieschema!$G$4:$CH$4,0),MATCH($F$9,Combinatieschema!$D$7:$D$86,0)),Combinatieschema!$C$90:$D$107,2,FALSE),"[SELECTEER PRODUCTCODE 1]")</f>
         <v>[SELECTEER PRODUCTCODE 1]</v>
       </c>
       <c r="E10" s="320"/>
       <c r="F10" s="321"/>
       <c r="G10" s="270"/>
     </row>
-    <row r="11" spans="1:7" ht="75.599999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:7" ht="75.599999999999994" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="270"/>
       <c r="B11" s="270"/>
       <c r="C11" s="265" t="s">
         <v>382</v>
       </c>
       <c r="D11" s="322" t="str">
         <f>_xlfn.IFNA(VLOOKUP(INDEX(Combinatieschema!$G$7:$CH$86,MATCH($F$6,Combinatieschema!$G$4:$CH$4,0),MATCH($F$9,Combinatieschema!$D$7:$D$86,0)),Combinatieschema!$C$90:$D$107,2,FALSE),"[SELECTEER PRODUCTCODE 2]")</f>
         <v>[SELECTEER PRODUCTCODE 2]</v>
       </c>
       <c r="E11" s="323"/>
       <c r="F11" s="324"/>
       <c r="G11" s="270"/>
     </row>
-    <row r="12" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A12" s="270"/>
       <c r="B12" s="270"/>
       <c r="C12" s="270"/>
       <c r="D12" s="270"/>
       <c r="E12" s="270"/>
       <c r="F12" s="270"/>
       <c r="G12" s="270"/>
     </row>
-    <row r="13" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A13" s="270"/>
       <c r="B13" s="270"/>
       <c r="C13" s="270"/>
       <c r="D13" s="270"/>
       <c r="E13" s="270"/>
       <c r="F13" s="270"/>
       <c r="G13" s="270"/>
     </row>
-    <row r="14" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A14" s="270"/>
       <c r="B14" s="270"/>
       <c r="C14" s="270"/>
       <c r="D14" s="270"/>
       <c r="E14" s="270"/>
       <c r="F14" s="270"/>
       <c r="G14" s="270"/>
     </row>
-    <row r="15" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A15" s="270"/>
       <c r="B15" s="270"/>
       <c r="C15" s="270"/>
       <c r="D15" s="270"/>
       <c r="E15" s="270"/>
       <c r="F15" s="270"/>
       <c r="G15" s="270"/>
     </row>
-    <row r="16" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A16" s="270"/>
       <c r="B16" s="270"/>
       <c r="C16" s="270"/>
       <c r="D16" s="270"/>
       <c r="E16" s="270"/>
       <c r="F16" s="270"/>
       <c r="G16" s="270"/>
     </row>
-    <row r="17" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A17" s="267"/>
       <c r="B17" s="267"/>
       <c r="C17" s="267"/>
       <c r="D17" s="267"/>
       <c r="E17" s="267"/>
       <c r="F17" s="267"/>
       <c r="G17" s="267"/>
     </row>
-    <row r="18" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A18" s="267"/>
       <c r="B18" s="267"/>
       <c r="C18" s="267"/>
       <c r="D18" s="267"/>
       <c r="E18" s="267"/>
       <c r="F18" s="267"/>
       <c r="G18" s="267"/>
     </row>
-    <row r="19" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A19" s="267"/>
       <c r="B19" s="267"/>
       <c r="C19" s="267"/>
       <c r="D19" s="267"/>
       <c r="E19" s="267"/>
       <c r="F19" s="267"/>
       <c r="G19" s="267"/>
     </row>
-    <row r="20" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A20" s="267"/>
       <c r="B20" s="267"/>
       <c r="C20" s="267"/>
       <c r="D20" s="267"/>
       <c r="E20" s="267"/>
       <c r="F20" s="267"/>
       <c r="G20" s="267"/>
     </row>
-    <row r="21" spans="1:7" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:7" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A21" s="267"/>
       <c r="B21" s="267"/>
       <c r="C21" s="267"/>
       <c r="D21" s="267"/>
       <c r="E21" s="267"/>
       <c r="F21" s="267"/>
       <c r="G21" s="267"/>
     </row>
-    <row r="22" spans="1:7" ht="24" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="22" spans="1:7" ht="24" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A22" s="267"/>
       <c r="B22" s="325" t="s">
         <v>252</v>
       </c>
       <c r="C22" s="338" t="s">
         <v>255</v>
       </c>
       <c r="D22" s="339"/>
       <c r="E22" s="339"/>
       <c r="F22" s="339"/>
       <c r="G22" s="267"/>
     </row>
-    <row r="23" spans="1:7" ht="24" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="23" spans="1:7" ht="24" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A23" s="267"/>
       <c r="B23" s="326"/>
       <c r="C23" s="329" t="s">
         <v>254</v>
       </c>
       <c r="D23" s="330"/>
       <c r="E23" s="105" t="s">
         <v>108</v>
       </c>
       <c r="F23" s="105" t="s">
         <v>107</v>
       </c>
       <c r="G23" s="267"/>
     </row>
-    <row r="24" spans="1:7" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:7" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A24" s="267"/>
       <c r="B24" s="103" t="s">
         <v>250</v>
       </c>
-      <c r="C24" s="331"/>
+      <c r="C24" s="331" t="s">
+        <v>356</v>
+      </c>
       <c r="D24" s="332"/>
       <c r="E24" s="282" t="str">
         <f>_xlfn.IFNA(INDEX(Combinatieschema!$G$3:$CH$3,1,MATCH(Tool!$C$24,Combinatieschema!$G$6:$CH$6,0)),"")</f>
-        <v/>
+        <v xml:space="preserve">Vaktherapie </v>
       </c>
       <c r="F24" s="282" t="str">
         <f>_xlfn.IFNA(INDEX(Combinatieschema!$G$2:$CH$2,1,MATCH(Tool!$C$24,Combinatieschema!$G$6:$CH$6,0)),"")</f>
-        <v/>
+        <v>Segment 4 (specialistische jeugdhulp)</v>
       </c>
       <c r="G24" s="267"/>
     </row>
-    <row r="25" spans="1:7" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:7" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="267"/>
       <c r="B25" s="102" t="s">
         <v>251</v>
       </c>
-      <c r="C25" s="333"/>
+      <c r="C25" s="333" t="s">
+        <v>332</v>
+      </c>
       <c r="D25" s="334"/>
       <c r="E25" s="284" t="str">
         <f>_xlfn.IFNA(INDEX(Combinatieschema!$G$3:$CH$3,1,MATCH(Tool!$C$25,Combinatieschema!$G$6:$CH$6,0)),"")</f>
-        <v/>
+        <v xml:space="preserve">GGZ specialistisch </v>
       </c>
       <c r="F25" s="284" t="str">
         <f>_xlfn.IFNA(INDEX(Combinatieschema!$G$2:$CH$2,1,MATCH(Tool!$C$25,Combinatieschema!$G$6:$CH$6,0)),"")</f>
-        <v/>
+        <v>Segment 4 (specialistische jeugdhulp)</v>
       </c>
       <c r="G25" s="267"/>
     </row>
-    <row r="26" spans="1:7" ht="91.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:7" ht="91.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="267"/>
       <c r="B26" s="101" t="s">
         <v>231</v>
       </c>
       <c r="C26" s="335" t="str">
         <f>_xlfn.IFNA(VLOOKUP(INDEX(Combinatieschema!$G$7:$CH$86,MATCH($C$25,Combinatieschema!$F$7:$F$86,0),MATCH($C$24,Combinatieschema!$G$6:$CH$6,0)),Combinatieschema!$C$90:$D$107,2,FALSE),"[SELECTEER PRODUCTCODES]")</f>
-        <v>[SELECTEER PRODUCTCODES]</v>
+        <v>Combinatie mogelijk</v>
       </c>
       <c r="D26" s="336"/>
       <c r="E26" s="336"/>
       <c r="F26" s="337"/>
       <c r="G26" s="267"/>
     </row>
-    <row r="27" spans="1:7" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:7" ht="11.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" s="267"/>
       <c r="B27" s="266"/>
       <c r="C27" s="266"/>
       <c r="D27" s="266"/>
       <c r="E27" s="266"/>
       <c r="F27" s="266"/>
       <c r="G27" s="267"/>
     </row>
-    <row r="28" spans="1:7" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:7" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" s="268"/>
       <c r="B28" s="275" t="s">
         <v>380</v>
       </c>
       <c r="C28" s="343"/>
       <c r="D28" s="344"/>
       <c r="E28" s="285" t="str">
         <f>_xlfn.IFNA(INDEX(Combinatieschema!$G$3:$CH$3,1,MATCH(Tool!$C$28,Combinatieschema!$G$6:$CH$6,0)),"")</f>
         <v/>
       </c>
       <c r="F28" s="286" t="str">
         <f>_xlfn.IFNA(INDEX(Combinatieschema!$G$2:$CH$2,1,MATCH(Tool!$C$28,Combinatieschema!$G$6:$CH$6,0)),"")</f>
         <v/>
       </c>
       <c r="G28" s="267"/>
     </row>
-    <row r="29" spans="1:7" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:7" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" s="267"/>
       <c r="B29" s="268"/>
       <c r="C29" s="265" t="s">
         <v>381</v>
       </c>
       <c r="D29" s="319" t="str">
         <f>_xlfn.IFNA(VLOOKUP(INDEX(Combinatieschema!$G$7:$CH$86,MATCH($C$24,Combinatieschema!$F$7:$F$86,0),MATCH($C$28,Combinatieschema!$G$6:$CH$6,0)),Combinatieschema!$C$90:$D$107,2,FALSE),"[SELECTEER PRODUCTCODE 1]")</f>
         <v>[SELECTEER PRODUCTCODE 1]</v>
       </c>
       <c r="E29" s="320"/>
       <c r="F29" s="321"/>
       <c r="G29" s="269"/>
     </row>
-    <row r="30" spans="1:7" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:7" ht="75" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A30" s="267"/>
       <c r="B30" s="268"/>
       <c r="C30" s="265" t="s">
         <v>382</v>
       </c>
       <c r="D30" s="322" t="str">
         <f>_xlfn.IFNA(VLOOKUP(INDEX(Combinatieschema!$G$7:$CH$86,MATCH($C$25,Combinatieschema!$F$7:$F$86,0),MATCH($C$28,Combinatieschema!$G$6:$CH$6,0)),Combinatieschema!$C$90:$D$107,2,FALSE),"[SELECTEER PRODUCTCODE 2]")</f>
         <v>[SELECTEER PRODUCTCODE 2]</v>
       </c>
       <c r="E30" s="323"/>
       <c r="F30" s="324"/>
       <c r="G30" s="267"/>
     </row>
-    <row r="31" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A31" s="267"/>
       <c r="B31" s="267"/>
       <c r="C31" s="267"/>
       <c r="D31" s="267"/>
       <c r="E31" s="267"/>
       <c r="F31" s="267"/>
       <c r="G31" s="267"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="3Apqj9P4aQq51es0JQPIgxAsovv5gkRvvsmusbrZjmN3uZ8x004n6Dc5B/JrLpyXdXKt9CkSBfwwpx9s/cEFlg==" saltValue="XHt0M5MxiK4FQtiC3ZEc5g==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="z7YFMbGSZB8dnyaqSh6BGVM/Zs3oJ13PL1yzdrt9vBd8To0B+CtVdtpQRn8XMultvskJvyNhG1s8Oy/FEXs42Q==" saltValue="mPl7lXDBCeufl6J4JnrrGA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="15">
     <mergeCell ref="C1:F1"/>
     <mergeCell ref="D29:F29"/>
     <mergeCell ref="D30:F30"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:F3"/>
     <mergeCell ref="B22:B23"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="C24:D24"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="C26:F26"/>
     <mergeCell ref="C22:F22"/>
     <mergeCell ref="C7:F7"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="D11:F11"/>
     <mergeCell ref="C28:D28"/>
   </mergeCells>
   <conditionalFormatting sqref="C7">
     <cfRule type="expression" dxfId="37" priority="76">
       <formula>$C$7="[SELECTEER PRODUCTCODES]"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="36" priority="75">
       <formula>$C$7="Er is 2x dezelfde productcode geselecteerd. Kies een andere productcode!"</formula>
     </cfRule>
     <cfRule type="expression" dxfId="35" priority="74">
@@ -28091,596 +28095,596 @@
           <x14:formula1>
             <xm:f>Combinatieschema!$C$111:$C$190</xm:f>
           </x14:formula1>
           <xm:sqref>C24:D25 C28:D28</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{8DB6E28A-F22F-4EAD-B192-7CAB8E66B251}">
           <x14:formula1>
             <xm:f>OFFSET('input tool'!$R$1,1,MATCH($C$5,'input tool'!$R$1:$W$1,0)-1,COUNTA(OFFSET('input tool'!$R$1,1,MATCH($C$5,'input tool'!$R$1:$W$1,0)-1,12)),1)</xm:f>
           </x14:formula1>
           <xm:sqref>D5</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7288CF94-37FE-45F9-A359-5584F39C3615}">
   <dimension ref="A1:AQ98"/>
   <sheetViews>
     <sheetView topLeftCell="Q1" workbookViewId="0">
       <selection activeCell="AA35" sqref="AA29:AA35"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="16.28515625" customWidth="1"/>
+    <col min="1" max="1" width="16.33203125" customWidth="1"/>
     <col min="2" max="2" width="58" customWidth="1"/>
-    <col min="18" max="18" width="11.7109375" customWidth="1"/>
+    <col min="18" max="18" width="11.6640625" customWidth="1"/>
     <col min="20" max="20" width="10" customWidth="1"/>
     <col min="21" max="21" width="12" customWidth="1"/>
     <col min="23" max="23" width="13" customWidth="1"/>
-    <col min="24" max="24" width="11.28515625" customWidth="1"/>
-    <col min="25" max="25" width="9.7109375" customWidth="1"/>
+    <col min="24" max="24" width="11.33203125" customWidth="1"/>
+    <col min="25" max="25" width="9.6640625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:43" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:43" ht="58.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A1" s="17" t="s">
         <v>99</v>
       </c>
       <c r="B1" s="17" t="s">
         <v>101</v>
       </c>
       <c r="C1" s="18" t="s">
         <v>102</v>
       </c>
       <c r="D1" s="18" t="s">
         <v>103</v>
       </c>
       <c r="E1" s="18" t="s">
         <v>104</v>
       </c>
       <c r="F1" s="19" t="s">
         <v>105</v>
       </c>
       <c r="G1" s="19" t="s">
         <v>106</v>
       </c>
       <c r="H1" s="20" t="s">
         <v>107</v>
       </c>
       <c r="I1" s="20" t="s">
         <v>108</v>
       </c>
       <c r="R1" s="83" t="s">
         <v>25</v>
       </c>
       <c r="S1" s="84" t="s">
         <v>1</v>
       </c>
       <c r="T1" s="85" t="s">
         <v>24</v>
       </c>
       <c r="U1" s="86" t="s">
         <v>26</v>
       </c>
       <c r="V1" s="71" t="s">
         <v>27</v>
       </c>
       <c r="W1" s="87" t="s">
         <v>29</v>
       </c>
       <c r="X1" s="70"/>
     </row>
-    <row r="2" spans="1:43" ht="18" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:43" ht="19.2" x14ac:dyDescent="0.3">
       <c r="A2" s="16" t="s">
         <v>34</v>
       </c>
       <c r="B2" s="21" t="s">
         <v>109</v>
       </c>
       <c r="C2" s="22">
         <v>50</v>
       </c>
       <c r="D2" t="s">
         <v>232</v>
       </c>
       <c r="E2" s="23" t="s">
         <v>110</v>
       </c>
       <c r="F2" s="23"/>
       <c r="G2" s="23" t="s">
         <v>110</v>
       </c>
       <c r="H2" t="s">
         <v>111</v>
       </c>
       <c r="R2" s="31" t="s">
         <v>28</v>
       </c>
       <c r="S2" s="72" t="s">
         <v>2</v>
       </c>
       <c r="T2" s="73" t="s">
         <v>245</v>
       </c>
       <c r="U2" s="38" t="s">
         <v>7</v>
       </c>
       <c r="V2" s="74" t="s">
         <v>30</v>
       </c>
       <c r="W2" s="56" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3" spans="1:43" ht="27.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:43" ht="29.4" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" t="s">
         <v>35</v>
       </c>
       <c r="B3" s="21" t="s">
         <v>112</v>
       </c>
       <c r="C3" s="22">
         <v>44</v>
       </c>
       <c r="D3" t="s">
         <v>233</v>
       </c>
       <c r="E3" t="s">
         <v>113</v>
       </c>
       <c r="G3" t="s">
         <v>114</v>
       </c>
       <c r="H3" t="s">
         <v>115</v>
       </c>
       <c r="I3" t="s">
         <v>116</v>
       </c>
       <c r="R3" s="76" t="s">
         <v>33</v>
       </c>
       <c r="S3" s="77" t="s">
         <v>3</v>
       </c>
       <c r="T3" s="52" t="s">
         <v>5</v>
       </c>
       <c r="U3" s="30" t="s">
         <v>8</v>
       </c>
       <c r="W3" s="75" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="4" spans="1:43" ht="27" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:43" ht="38.4" x14ac:dyDescent="0.3">
       <c r="A4" t="s">
         <v>36</v>
       </c>
       <c r="B4" s="21" t="s">
         <v>117</v>
       </c>
       <c r="C4" s="22">
         <v>44</v>
       </c>
       <c r="D4" t="s">
         <v>233</v>
       </c>
       <c r="E4" t="s">
         <v>113</v>
       </c>
       <c r="G4" t="s">
         <v>114</v>
       </c>
       <c r="H4" t="s">
         <v>115</v>
       </c>
       <c r="I4" t="s">
         <v>116</v>
       </c>
       <c r="R4" s="76" t="s">
         <v>23</v>
       </c>
       <c r="S4" s="77" t="s">
         <v>4</v>
       </c>
       <c r="T4" s="52" t="s">
         <v>6</v>
       </c>
       <c r="U4" s="39" t="s">
         <v>256</v>
       </c>
       <c r="W4" s="60" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="5" spans="1:43" ht="36" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:43" ht="48" x14ac:dyDescent="0.3">
       <c r="A5" t="s">
         <v>37</v>
       </c>
       <c r="B5" s="21" t="s">
         <v>118</v>
       </c>
       <c r="C5" s="22">
         <v>44</v>
       </c>
       <c r="D5" t="s">
         <v>233</v>
       </c>
       <c r="E5" t="s">
         <v>113</v>
       </c>
       <c r="G5" t="s">
         <v>114</v>
       </c>
       <c r="H5" t="s">
         <v>115</v>
       </c>
       <c r="I5" t="s">
         <v>116</v>
       </c>
       <c r="S5" s="79" t="s">
         <v>31</v>
       </c>
       <c r="U5" s="78" t="s">
         <v>9</v>
       </c>
       <c r="W5" s="62" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="6" spans="1:43" ht="18" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:43" ht="19.2" x14ac:dyDescent="0.3">
       <c r="A6" t="s">
         <v>38</v>
       </c>
       <c r="B6" s="21" t="s">
         <v>119</v>
       </c>
       <c r="C6" s="22">
         <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>233</v>
       </c>
       <c r="E6" t="s">
         <v>113</v>
       </c>
       <c r="G6" t="s">
         <v>114</v>
       </c>
       <c r="H6" t="s">
         <v>115</v>
       </c>
       <c r="I6" t="s">
         <v>116</v>
       </c>
       <c r="S6" s="80"/>
       <c r="T6" s="51"/>
       <c r="U6" s="78" t="s">
         <v>32</v>
       </c>
     </row>
-    <row r="7" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:43" x14ac:dyDescent="0.3">
       <c r="A7" t="s">
         <v>39</v>
       </c>
       <c r="B7" s="21" t="s">
         <v>120</v>
       </c>
       <c r="C7" s="22">
         <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>233</v>
       </c>
       <c r="E7" t="s">
         <v>113</v>
       </c>
       <c r="G7" t="s">
         <v>114</v>
       </c>
       <c r="H7" t="s">
         <v>115</v>
       </c>
       <c r="I7" t="s">
         <v>3</v>
       </c>
       <c r="T7" s="51"/>
       <c r="U7" s="30" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="8" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:43" x14ac:dyDescent="0.3">
       <c r="A8" t="s">
         <v>40</v>
       </c>
       <c r="B8" s="21" t="s">
         <v>121</v>
       </c>
       <c r="C8" s="22">
         <v>44</v>
       </c>
       <c r="D8" t="s">
         <v>233</v>
       </c>
       <c r="E8" t="s">
         <v>113</v>
       </c>
       <c r="G8" t="s">
         <v>114</v>
       </c>
       <c r="H8" t="s">
         <v>115</v>
       </c>
       <c r="I8" t="s">
         <v>122</v>
       </c>
       <c r="T8" s="51"/>
       <c r="U8" s="78" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="9" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:43" x14ac:dyDescent="0.3">
       <c r="A9" t="s">
         <v>41</v>
       </c>
       <c r="B9" s="21" t="s">
         <v>123</v>
       </c>
       <c r="C9" s="22">
         <v>44</v>
       </c>
       <c r="D9" t="s">
         <v>233</v>
       </c>
       <c r="E9" t="s">
         <v>113</v>
       </c>
       <c r="G9" t="s">
         <v>114</v>
       </c>
       <c r="H9" t="s">
         <v>115</v>
       </c>
       <c r="I9" t="s">
         <v>122</v>
       </c>
       <c r="T9" s="51"/>
       <c r="U9" s="30" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="10" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:43" x14ac:dyDescent="0.3">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" s="21" t="s">
         <v>124</v>
       </c>
       <c r="C10" s="22">
         <v>44</v>
       </c>
       <c r="D10" t="s">
         <v>233</v>
       </c>
       <c r="E10" t="s">
         <v>113</v>
       </c>
       <c r="G10" t="s">
         <v>114</v>
       </c>
       <c r="H10" t="s">
         <v>115</v>
       </c>
       <c r="I10" t="s">
         <v>125</v>
       </c>
       <c r="T10" s="51"/>
       <c r="U10" s="78" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="11" spans="1:43" ht="18" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:43" ht="19.2" x14ac:dyDescent="0.3">
       <c r="A11" t="s">
         <v>43</v>
       </c>
       <c r="B11" s="21" t="s">
         <v>126</v>
       </c>
       <c r="C11" s="22">
         <v>44</v>
       </c>
       <c r="D11" t="s">
         <v>233</v>
       </c>
       <c r="E11" t="s">
         <v>113</v>
       </c>
       <c r="G11" t="s">
         <v>114</v>
       </c>
       <c r="H11" t="s">
         <v>115</v>
       </c>
       <c r="I11" t="s">
         <v>125</v>
       </c>
       <c r="T11" s="51"/>
       <c r="U11" s="78" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="12" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:43" x14ac:dyDescent="0.3">
       <c r="A12" t="s">
         <v>44</v>
       </c>
       <c r="B12" t="s">
         <v>127</v>
       </c>
       <c r="C12" s="22">
         <v>41</v>
       </c>
       <c r="D12" t="s">
         <v>234</v>
       </c>
       <c r="E12" t="s">
         <v>128</v>
       </c>
       <c r="G12" t="s">
         <v>114</v>
       </c>
       <c r="H12" t="s">
         <v>129</v>
       </c>
       <c r="I12" t="s">
         <v>130</v>
       </c>
       <c r="U12" s="78" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="13" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:43" x14ac:dyDescent="0.3">
       <c r="A13" t="s">
         <v>45</v>
       </c>
       <c r="B13" t="s">
         <v>131</v>
       </c>
       <c r="C13" s="22">
         <v>41</v>
       </c>
       <c r="D13" t="s">
         <v>234</v>
       </c>
       <c r="E13" t="s">
         <v>128</v>
       </c>
       <c r="G13" t="s">
         <v>114</v>
       </c>
       <c r="H13" t="s">
         <v>129</v>
       </c>
       <c r="I13" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="14" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="14" spans="1:43" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A14" t="s">
         <v>46</v>
       </c>
       <c r="B14" t="s">
         <v>132</v>
       </c>
       <c r="C14" s="22">
         <v>41</v>
       </c>
       <c r="D14" t="s">
         <v>234</v>
       </c>
       <c r="E14" t="s">
         <v>128</v>
       </c>
       <c r="G14" t="s">
         <v>114</v>
       </c>
       <c r="H14" t="s">
         <v>129</v>
       </c>
       <c r="I14" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="15" spans="1:43" ht="23.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:43" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A15" t="s">
         <v>47</v>
       </c>
       <c r="B15" t="s">
         <v>133</v>
       </c>
       <c r="C15" s="22">
         <v>41</v>
       </c>
       <c r="D15" t="s">
         <v>234</v>
       </c>
       <c r="E15" t="s">
         <v>128</v>
       </c>
       <c r="G15" t="s">
         <v>114</v>
       </c>
       <c r="H15" t="s">
         <v>129</v>
       </c>
       <c r="I15" t="s">
         <v>130</v>
       </c>
-      <c r="R15" s="297" t="s">
+      <c r="R15" s="312" t="s">
         <v>25</v>
       </c>
-      <c r="S15" s="298"/>
-[...6 lines deleted...]
-      <c r="X15" s="307"/>
+      <c r="S15" s="313"/>
+      <c r="T15" s="314"/>
+      <c r="U15" s="293" t="s">
+        <v>1</v>
+      </c>
+      <c r="V15" s="294"/>
+      <c r="W15" s="294"/>
+      <c r="X15" s="294"/>
       <c r="Y15" s="348" t="s">
         <v>24</v>
       </c>
-      <c r="Z15" s="293"/>
-[...1 lines deleted...]
-      <c r="AB15" s="294" t="s">
+      <c r="Z15" s="308"/>
+      <c r="AA15" s="308"/>
+      <c r="AB15" s="309" t="s">
         <v>26</v>
       </c>
-      <c r="AC15" s="295"/>
-[...8 lines deleted...]
-      <c r="AL15" s="296"/>
+      <c r="AC15" s="310"/>
+      <c r="AD15" s="310"/>
+      <c r="AE15" s="310"/>
+      <c r="AF15" s="310"/>
+      <c r="AG15" s="310"/>
+      <c r="AH15" s="310"/>
+      <c r="AI15" s="310"/>
+      <c r="AJ15" s="310"/>
+      <c r="AK15" s="310"/>
+      <c r="AL15" s="311"/>
       <c r="AM15" s="71" t="s">
         <v>27</v>
       </c>
       <c r="AN15" s="345" t="s">
         <v>29</v>
       </c>
       <c r="AO15" s="346"/>
       <c r="AP15" s="346"/>
       <c r="AQ15" s="347"/>
     </row>
-    <row r="16" spans="1:43" ht="36.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:43" ht="39" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A16" t="s">
         <v>48</v>
       </c>
       <c r="B16" t="s">
         <v>134</v>
       </c>
       <c r="C16" s="22">
         <v>41</v>
       </c>
       <c r="D16" t="s">
         <v>234</v>
       </c>
       <c r="E16" t="s">
         <v>135</v>
       </c>
       <c r="G16" t="s">
         <v>114</v>
       </c>
       <c r="H16" t="s">
         <v>129</v>
       </c>
       <c r="I16" t="s">
         <v>130</v>
       </c>
       <c r="R16" s="7" t="s">
@@ -28740,51 +28744,51 @@
       <c r="AJ16" s="12" t="s">
         <v>13</v>
       </c>
       <c r="AK16" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AL16" s="12" t="s">
         <v>14</v>
       </c>
       <c r="AM16" s="67" t="s">
         <v>30</v>
       </c>
       <c r="AN16" s="68" t="s">
         <v>15</v>
       </c>
       <c r="AO16" s="68" t="s">
         <v>16</v>
       </c>
       <c r="AP16" s="68" t="s">
         <v>17</v>
       </c>
       <c r="AQ16" s="69" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="17" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:43" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A17" t="s">
         <v>49</v>
       </c>
       <c r="B17" t="s">
         <v>136</v>
       </c>
       <c r="C17" s="22">
         <v>41</v>
       </c>
       <c r="D17" t="s">
         <v>234</v>
       </c>
       <c r="E17" t="s">
         <v>128</v>
       </c>
       <c r="G17" t="s">
         <v>114</v>
       </c>
       <c r="H17" t="s">
         <v>129</v>
       </c>
       <c r="I17" t="s">
         <v>137</v>
       </c>
       <c r="R17" s="31" t="s">
@@ -28844,51 +28848,51 @@
       <c r="AJ17" s="39" t="s">
         <v>73</v>
       </c>
       <c r="AK17" s="39" t="s">
         <v>75</v>
       </c>
       <c r="AL17" s="54" t="s">
         <v>77</v>
       </c>
       <c r="AM17" s="40" t="s">
         <v>79</v>
       </c>
       <c r="AN17" s="56" t="s">
         <v>92</v>
       </c>
       <c r="AO17" s="56" t="s">
         <v>80</v>
       </c>
       <c r="AP17" s="56" t="s">
         <v>86</v>
       </c>
       <c r="AQ17" s="61" t="s">
         <v>89</v>
       </c>
     </row>
-    <row r="18" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:43" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A18" t="s">
         <v>50</v>
       </c>
       <c r="B18" t="s">
         <v>138</v>
       </c>
       <c r="C18" s="22">
         <v>41</v>
       </c>
       <c r="D18" t="s">
         <v>234</v>
       </c>
       <c r="E18" t="s">
         <v>128</v>
       </c>
       <c r="G18" t="s">
         <v>114</v>
       </c>
       <c r="H18" t="s">
         <v>129</v>
       </c>
       <c r="I18" t="s">
         <v>137</v>
       </c>
       <c r="T18" s="50"/>
@@ -28935,51 +28939,51 @@
         <v>72</v>
       </c>
       <c r="AJ18" s="46" t="s">
         <v>74</v>
       </c>
       <c r="AK18" s="46" t="s">
         <v>76</v>
       </c>
       <c r="AL18" s="47" t="s">
         <v>78</v>
       </c>
       <c r="AM18" s="55"/>
       <c r="AN18" s="57" t="s">
         <v>93</v>
       </c>
       <c r="AO18" s="58" t="s">
         <v>81</v>
       </c>
       <c r="AP18" s="58" t="s">
         <v>87</v>
       </c>
       <c r="AQ18" s="62" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="19" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:43" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" t="s">
         <v>51</v>
       </c>
       <c r="B19" t="s">
         <v>139</v>
       </c>
       <c r="C19" s="22">
         <v>41</v>
       </c>
       <c r="D19" t="s">
         <v>234</v>
       </c>
       <c r="E19" t="s">
         <v>128</v>
       </c>
       <c r="G19" t="s">
         <v>114</v>
       </c>
       <c r="H19" t="s">
         <v>129</v>
       </c>
       <c r="I19" t="s">
         <v>137</v>
       </c>
       <c r="T19" s="51"/>
@@ -29019,363 +29023,363 @@
       <c r="AH19" s="46" t="s">
         <v>287</v>
       </c>
       <c r="AI19" s="46" t="s">
         <v>288</v>
       </c>
       <c r="AJ19" s="46" t="s">
         <v>289</v>
       </c>
       <c r="AK19" s="46" t="s">
         <v>292</v>
       </c>
       <c r="AL19" s="46" t="s">
         <v>293</v>
       </c>
       <c r="AN19" s="56" t="s">
         <v>385</v>
       </c>
       <c r="AO19" s="58" t="s">
         <v>82</v>
       </c>
       <c r="AP19" s="60" t="s">
         <v>88</v>
       </c>
     </row>
-    <row r="20" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:43" x14ac:dyDescent="0.3">
       <c r="A20" t="s">
         <v>52</v>
       </c>
       <c r="B20" t="s">
         <v>140</v>
       </c>
       <c r="C20" s="22">
         <v>41</v>
       </c>
       <c r="D20" t="s">
         <v>234</v>
       </c>
       <c r="E20" t="s">
         <v>128</v>
       </c>
       <c r="G20" t="s">
         <v>114</v>
       </c>
       <c r="H20" t="s">
         <v>129</v>
       </c>
       <c r="I20" t="s">
         <v>137</v>
       </c>
       <c r="T20" s="51"/>
       <c r="U20" s="49" t="s">
         <v>38</v>
       </c>
       <c r="X20" s="35" t="s">
         <v>264</v>
       </c>
       <c r="Y20" s="43" t="s">
         <v>47</v>
       </c>
       <c r="Z20" s="29" t="s">
         <v>52</v>
       </c>
       <c r="AA20" s="111" t="s">
         <v>56</v>
       </c>
       <c r="AN20" s="51"/>
       <c r="AO20" s="58" t="s">
         <v>83</v>
       </c>
     </row>
-    <row r="21" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:43" x14ac:dyDescent="0.3">
       <c r="A21" t="s">
         <v>53</v>
       </c>
       <c r="B21" s="21" t="s">
         <v>141</v>
       </c>
       <c r="C21" s="22">
         <v>44</v>
       </c>
       <c r="D21" t="s">
         <v>233</v>
       </c>
       <c r="E21" t="s">
         <v>113</v>
       </c>
       <c r="G21" t="s">
         <v>114</v>
       </c>
       <c r="H21" t="s">
         <v>129</v>
       </c>
       <c r="I21" t="s">
         <v>137</v>
       </c>
       <c r="U21" s="49" t="s">
         <v>259</v>
       </c>
       <c r="X21" s="51"/>
       <c r="Y21" s="81" t="s">
         <v>48</v>
       </c>
       <c r="Z21" s="110" t="s">
         <v>266</v>
       </c>
       <c r="AA21" s="110" t="s">
         <v>57</v>
       </c>
       <c r="AN21" s="51"/>
       <c r="AO21" s="58" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="22" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:43" x14ac:dyDescent="0.3">
       <c r="A22" t="s">
         <v>54</v>
       </c>
       <c r="B22" s="21" t="s">
         <v>142</v>
       </c>
       <c r="C22" s="22">
         <v>44</v>
       </c>
       <c r="D22" t="s">
         <v>233</v>
       </c>
       <c r="E22" t="s">
         <v>113</v>
       </c>
       <c r="G22" t="s">
         <v>114</v>
       </c>
       <c r="H22" t="s">
         <v>129</v>
       </c>
       <c r="I22" t="s">
         <v>137</v>
       </c>
       <c r="L22" s="154"/>
       <c r="M22" s="154"/>
       <c r="Y22" s="110" t="s">
         <v>265</v>
       </c>
       <c r="Z22" s="82"/>
       <c r="AA22" s="110" t="s">
         <v>58</v>
       </c>
       <c r="AN22" s="51"/>
       <c r="AO22" s="59" t="s">
         <v>85</v>
       </c>
     </row>
-    <row r="23" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:43" x14ac:dyDescent="0.3">
       <c r="A23" t="s">
         <v>55</v>
       </c>
       <c r="B23" s="21" t="s">
         <v>143</v>
       </c>
       <c r="C23" s="22">
         <v>44</v>
       </c>
       <c r="D23" t="s">
         <v>233</v>
       </c>
       <c r="E23" t="s">
         <v>144</v>
       </c>
       <c r="G23" t="s">
         <v>114</v>
       </c>
       <c r="H23" t="s">
         <v>129</v>
       </c>
       <c r="I23" t="s">
         <v>137</v>
       </c>
       <c r="L23" s="154"/>
       <c r="M23" s="154"/>
       <c r="AA23" s="110" t="s">
         <v>266</v>
       </c>
     </row>
-    <row r="24" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:43" x14ac:dyDescent="0.3">
       <c r="A24" t="s">
         <v>56</v>
       </c>
       <c r="B24" s="21" t="s">
         <v>145</v>
       </c>
       <c r="C24" s="22">
         <v>44</v>
       </c>
       <c r="D24" t="s">
         <v>233</v>
       </c>
       <c r="E24" t="s">
         <v>113</v>
       </c>
       <c r="G24" t="s">
         <v>114</v>
       </c>
       <c r="H24" t="s">
         <v>129</v>
       </c>
       <c r="I24" t="s">
         <v>137</v>
       </c>
       <c r="L24" s="154"/>
       <c r="M24" s="154"/>
     </row>
-    <row r="25" spans="1:43" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:43" x14ac:dyDescent="0.3">
       <c r="A25" t="s">
         <v>57</v>
       </c>
       <c r="B25" s="21" t="s">
         <v>146</v>
       </c>
       <c r="C25" s="22">
         <v>44</v>
       </c>
       <c r="D25" t="s">
         <v>233</v>
       </c>
       <c r="E25" t="s">
         <v>113</v>
       </c>
       <c r="G25" t="s">
         <v>114</v>
       </c>
       <c r="H25" t="s">
         <v>129</v>
       </c>
       <c r="I25" t="s">
         <v>137</v>
       </c>
       <c r="L25" s="154"/>
       <c r="M25" s="154"/>
     </row>
-    <row r="26" spans="1:43" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:43" ht="15" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" t="s">
         <v>58</v>
       </c>
       <c r="B26" s="21" t="s">
         <v>147</v>
       </c>
       <c r="C26" s="22">
         <v>44</v>
       </c>
       <c r="D26" t="s">
         <v>233</v>
       </c>
       <c r="E26" t="s">
         <v>144</v>
       </c>
       <c r="G26" t="s">
         <v>114</v>
       </c>
       <c r="H26" t="s">
         <v>129</v>
       </c>
       <c r="I26" t="s">
         <v>137</v>
       </c>
       <c r="L26" s="154"/>
       <c r="M26" s="154"/>
     </row>
-    <row r="27" spans="1:43" ht="23.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:43" ht="21" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A27" t="s">
         <v>59</v>
       </c>
       <c r="B27" s="22" t="s">
         <v>148</v>
       </c>
       <c r="C27" s="22">
         <v>54</v>
       </c>
       <c r="D27" t="s">
         <v>236</v>
       </c>
       <c r="E27" t="s">
         <v>149</v>
       </c>
       <c r="F27" t="s">
         <v>150</v>
       </c>
       <c r="G27" t="s">
         <v>114</v>
       </c>
       <c r="H27" t="s">
         <v>151</v>
       </c>
       <c r="I27" t="s">
         <v>152</v>
       </c>
       <c r="L27" s="154"/>
       <c r="M27" s="154"/>
-      <c r="R27" s="297" t="s">
+      <c r="R27" s="312" t="s">
         <v>25</v>
       </c>
-      <c r="S27" s="298"/>
-[...6 lines deleted...]
-      <c r="X27" s="307"/>
+      <c r="S27" s="313"/>
+      <c r="T27" s="314"/>
+      <c r="U27" s="293" t="s">
+        <v>1</v>
+      </c>
+      <c r="V27" s="294"/>
+      <c r="W27" s="294"/>
+      <c r="X27" s="294"/>
       <c r="Y27" s="348" t="s">
         <v>24</v>
       </c>
-      <c r="Z27" s="293"/>
+      <c r="Z27" s="308"/>
       <c r="AA27" s="349"/>
-      <c r="AB27" s="294" t="s">
+      <c r="AB27" s="309" t="s">
         <v>26</v>
       </c>
-      <c r="AC27" s="295"/>
-[...8 lines deleted...]
-      <c r="AL27" s="296"/>
+      <c r="AC27" s="310"/>
+      <c r="AD27" s="310"/>
+      <c r="AE27" s="310"/>
+      <c r="AF27" s="310"/>
+      <c r="AG27" s="310"/>
+      <c r="AH27" s="310"/>
+      <c r="AI27" s="310"/>
+      <c r="AJ27" s="310"/>
+      <c r="AK27" s="310"/>
+      <c r="AL27" s="311"/>
       <c r="AM27" s="71" t="s">
         <v>27</v>
       </c>
       <c r="AN27" s="345" t="s">
         <v>29</v>
       </c>
       <c r="AO27" s="346"/>
       <c r="AP27" s="346"/>
       <c r="AQ27" s="347"/>
     </row>
-    <row r="28" spans="1:43" ht="36.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:43" ht="39" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" s="22" t="s">
         <v>153</v>
       </c>
       <c r="C28" s="22">
         <v>54</v>
       </c>
       <c r="D28" t="s">
         <v>236</v>
       </c>
       <c r="E28" t="s">
         <v>149</v>
       </c>
       <c r="F28" t="s">
         <v>150</v>
       </c>
       <c r="G28" t="s">
         <v>114</v>
       </c>
       <c r="H28" t="s">
         <v>151</v>
       </c>
       <c r="I28" t="s">
@@ -29440,51 +29444,51 @@
       <c r="AJ28" s="12" t="s">
         <v>13</v>
       </c>
       <c r="AK28" s="12" t="s">
         <v>19</v>
       </c>
       <c r="AL28" s="12" t="s">
         <v>14</v>
       </c>
       <c r="AM28" s="67" t="s">
         <v>30</v>
       </c>
       <c r="AN28" s="68" t="s">
         <v>15</v>
       </c>
       <c r="AO28" s="68" t="s">
         <v>16</v>
       </c>
       <c r="AP28" s="68" t="s">
         <v>17</v>
       </c>
       <c r="AQ28" s="69" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="29" spans="1:43" ht="108.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:43" ht="135" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A29" t="s">
         <v>63</v>
       </c>
       <c r="B29" s="22" t="s">
         <v>154</v>
       </c>
       <c r="C29" s="22">
         <v>54</v>
       </c>
       <c r="D29" t="s">
         <v>236</v>
       </c>
       <c r="E29" t="s">
         <v>149</v>
       </c>
       <c r="F29" t="s">
         <v>150</v>
       </c>
       <c r="G29" t="s">
         <v>114</v>
       </c>
       <c r="H29" t="s">
         <v>151</v>
       </c>
       <c r="I29" t="s">
@@ -29549,51 +29553,51 @@
       <c r="AJ29" s="39" t="s">
         <v>161</v>
       </c>
       <c r="AK29" s="39" t="s">
         <v>162</v>
       </c>
       <c r="AL29" s="54" t="s">
         <v>163</v>
       </c>
       <c r="AM29" s="40" t="s">
         <v>175</v>
       </c>
       <c r="AN29" s="56" t="s">
         <v>247</v>
       </c>
       <c r="AO29" s="56" t="s">
         <v>221</v>
       </c>
       <c r="AP29" s="56" t="s">
         <v>177</v>
       </c>
       <c r="AQ29" s="61" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="30" spans="1:43" ht="108" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:43" ht="134.4" x14ac:dyDescent="0.3">
       <c r="A30" t="s">
         <v>65</v>
       </c>
       <c r="B30" s="22" t="s">
         <v>155</v>
       </c>
       <c r="C30" s="22">
         <v>54</v>
       </c>
       <c r="D30" t="s">
         <v>236</v>
       </c>
       <c r="E30" t="s">
         <v>149</v>
       </c>
       <c r="F30" t="s">
         <v>150</v>
       </c>
       <c r="G30" t="s">
         <v>114</v>
       </c>
       <c r="H30" t="s">
         <v>151</v>
       </c>
       <c r="I30" t="s">
@@ -29645,51 +29649,51 @@
         <v>171</v>
       </c>
       <c r="AJ30" s="46" t="s">
         <v>172</v>
       </c>
       <c r="AK30" s="46" t="s">
         <v>173</v>
       </c>
       <c r="AL30" s="47" t="s">
         <v>174</v>
       </c>
       <c r="AM30" s="55"/>
       <c r="AN30" s="57" t="s">
         <v>388</v>
       </c>
       <c r="AO30" s="58" t="s">
         <v>222</v>
       </c>
       <c r="AP30" s="58" t="s">
         <v>178</v>
       </c>
       <c r="AQ30" s="62" t="s">
         <v>183</v>
       </c>
     </row>
-    <row r="31" spans="1:43" ht="54" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:43" ht="76.8" x14ac:dyDescent="0.3">
       <c r="A31" t="s">
         <v>67</v>
       </c>
       <c r="B31" s="22" t="s">
         <v>156</v>
       </c>
       <c r="C31" s="22">
         <v>45</v>
       </c>
       <c r="D31" t="s">
         <v>237</v>
       </c>
       <c r="E31" t="s">
         <v>149</v>
       </c>
       <c r="F31" t="s">
         <v>150</v>
       </c>
       <c r="G31" t="s">
         <v>114</v>
       </c>
       <c r="H31" t="s">
         <v>151</v>
       </c>
       <c r="I31" t="s">
@@ -29734,1357 +29738,1357 @@
       <c r="AH31" s="46" t="s">
         <v>283</v>
       </c>
       <c r="AI31" s="46" t="s">
         <v>284</v>
       </c>
       <c r="AJ31" s="46" t="s">
         <v>285</v>
       </c>
       <c r="AK31" s="46" t="s">
         <v>290</v>
       </c>
       <c r="AL31" s="46" t="s">
         <v>291</v>
       </c>
       <c r="AN31" s="57" t="s">
         <v>391</v>
       </c>
       <c r="AO31" s="58" t="s">
         <v>223</v>
       </c>
       <c r="AP31" s="60" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="32" spans="1:43" ht="81" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:43" ht="96" x14ac:dyDescent="0.3">
       <c r="A32" t="s">
         <v>69</v>
       </c>
       <c r="B32" s="22" t="s">
         <v>158</v>
       </c>
       <c r="C32" s="22">
         <v>45</v>
       </c>
       <c r="D32" t="s">
         <v>237</v>
       </c>
       <c r="E32" t="s">
         <v>149</v>
       </c>
       <c r="F32" t="s">
         <v>150</v>
       </c>
       <c r="G32" t="s">
         <v>114</v>
       </c>
       <c r="H32" t="s">
         <v>151</v>
       </c>
       <c r="I32" t="s">
         <v>157</v>
       </c>
       <c r="T32" s="51"/>
       <c r="U32" s="49" t="s">
         <v>119</v>
       </c>
       <c r="X32" s="41" t="s">
         <v>273</v>
       </c>
       <c r="Y32" s="43" t="s">
         <v>133</v>
       </c>
       <c r="Z32" s="29" t="s">
         <v>140</v>
       </c>
       <c r="AA32" s="111" t="s">
         <v>145</v>
       </c>
       <c r="AN32" s="51"/>
       <c r="AO32" s="58" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="33" spans="1:41" ht="45" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:41" ht="57.6" x14ac:dyDescent="0.3">
       <c r="A33" t="s">
         <v>71</v>
       </c>
       <c r="B33" s="22" t="s">
         <v>159</v>
       </c>
       <c r="C33" s="22">
         <v>45</v>
       </c>
       <c r="D33" t="s">
         <v>237</v>
       </c>
       <c r="E33" t="s">
         <v>149</v>
       </c>
       <c r="F33" t="s">
         <v>150</v>
       </c>
       <c r="G33" t="s">
         <v>114</v>
       </c>
       <c r="H33" t="s">
         <v>151</v>
       </c>
       <c r="I33" t="s">
         <v>160</v>
       </c>
       <c r="U33" s="49" t="s">
         <v>269</v>
       </c>
       <c r="X33" s="51"/>
       <c r="Y33" s="81" t="s">
         <v>134</v>
       </c>
       <c r="Z33" s="110" t="s">
         <v>275</v>
       </c>
       <c r="AA33" s="53" t="s">
         <v>146</v>
       </c>
       <c r="AN33" s="51"/>
       <c r="AO33" s="58" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="34" spans="1:41" ht="72" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:41" ht="86.4" x14ac:dyDescent="0.3">
       <c r="A34" t="s">
         <v>73</v>
       </c>
       <c r="B34" s="22" t="s">
         <v>161</v>
       </c>
       <c r="C34" s="22">
         <v>45</v>
       </c>
       <c r="D34" t="s">
         <v>237</v>
       </c>
       <c r="E34" t="s">
         <v>149</v>
       </c>
       <c r="F34" t="s">
         <v>150</v>
       </c>
       <c r="G34" t="s">
         <v>114</v>
       </c>
       <c r="H34" t="s">
         <v>151</v>
       </c>
       <c r="I34" t="s">
         <v>160</v>
       </c>
       <c r="Y34" s="110" t="s">
         <v>274</v>
       </c>
       <c r="Z34" s="82"/>
       <c r="AA34" s="110" t="s">
         <v>147</v>
       </c>
       <c r="AN34" s="51"/>
       <c r="AO34" s="59" t="s">
         <v>226</v>
       </c>
     </row>
-    <row r="35" spans="1:41" ht="27" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:41" ht="19.2" x14ac:dyDescent="0.3">
       <c r="A35" t="s">
         <v>75</v>
       </c>
       <c r="B35" s="22" t="s">
         <v>162</v>
       </c>
       <c r="C35" s="22">
         <v>40</v>
       </c>
       <c r="D35" t="s">
         <v>238</v>
       </c>
       <c r="E35" t="s">
         <v>149</v>
       </c>
       <c r="F35" t="s">
         <v>150</v>
       </c>
       <c r="G35" t="s">
         <v>114</v>
       </c>
       <c r="H35" t="s">
         <v>151</v>
       </c>
       <c r="I35" t="s">
         <v>160</v>
       </c>
       <c r="AA35" s="110" t="s">
         <v>275</v>
       </c>
       <c r="AN35" s="51"/>
     </row>
-    <row r="36" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:41" x14ac:dyDescent="0.3">
       <c r="A36" t="s">
         <v>77</v>
       </c>
       <c r="B36" s="22" t="s">
         <v>163</v>
       </c>
       <c r="C36" s="22">
         <v>54</v>
       </c>
       <c r="D36" t="s">
         <v>236</v>
       </c>
       <c r="E36" t="s">
         <v>149</v>
       </c>
       <c r="F36" t="s">
         <v>150</v>
       </c>
       <c r="G36" t="s">
         <v>114</v>
       </c>
       <c r="H36" t="s">
         <v>151</v>
       </c>
       <c r="I36" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="37" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:41" x14ac:dyDescent="0.3">
       <c r="A37" t="s">
         <v>60</v>
       </c>
       <c r="B37" s="22" t="s">
         <v>165</v>
       </c>
       <c r="C37" s="22">
         <v>54</v>
       </c>
       <c r="D37" t="s">
         <v>236</v>
       </c>
       <c r="E37" t="s">
         <v>149</v>
       </c>
       <c r="F37" t="s">
         <v>150</v>
       </c>
       <c r="G37" t="s">
         <v>114</v>
       </c>
       <c r="H37" t="s">
         <v>151</v>
       </c>
       <c r="I37" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="38" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:41" x14ac:dyDescent="0.3">
       <c r="A38" t="s">
         <v>62</v>
       </c>
       <c r="B38" s="22" t="s">
         <v>166</v>
       </c>
       <c r="C38" s="22">
         <v>54</v>
       </c>
       <c r="D38" t="s">
         <v>236</v>
       </c>
       <c r="E38" t="s">
         <v>149</v>
       </c>
       <c r="F38" t="s">
         <v>150</v>
       </c>
       <c r="G38" t="s">
         <v>114</v>
       </c>
       <c r="H38" t="s">
         <v>151</v>
       </c>
       <c r="I38" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="39" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:41" x14ac:dyDescent="0.3">
       <c r="A39" t="s">
         <v>64</v>
       </c>
       <c r="B39" s="22" t="s">
         <v>167</v>
       </c>
       <c r="C39" s="22">
         <v>54</v>
       </c>
       <c r="D39" t="s">
         <v>236</v>
       </c>
       <c r="E39" t="s">
         <v>149</v>
       </c>
       <c r="F39" t="s">
         <v>150</v>
       </c>
       <c r="G39" t="s">
         <v>114</v>
       </c>
       <c r="H39" t="s">
         <v>151</v>
       </c>
       <c r="I39" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="40" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:41" x14ac:dyDescent="0.3">
       <c r="A40" t="s">
         <v>66</v>
       </c>
       <c r="B40" s="22" t="s">
         <v>168</v>
       </c>
       <c r="C40" s="22">
         <v>54</v>
       </c>
       <c r="D40" t="s">
         <v>236</v>
       </c>
       <c r="E40" t="s">
         <v>149</v>
       </c>
       <c r="F40" t="s">
         <v>150</v>
       </c>
       <c r="G40" t="s">
         <v>114</v>
       </c>
       <c r="H40" t="s">
         <v>151</v>
       </c>
       <c r="I40" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="41" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:41" x14ac:dyDescent="0.3">
       <c r="A41" t="s">
         <v>68</v>
       </c>
       <c r="B41" s="22" t="s">
         <v>169</v>
       </c>
       <c r="C41" s="22">
         <v>45</v>
       </c>
       <c r="D41" t="s">
         <v>237</v>
       </c>
       <c r="E41" t="s">
         <v>149</v>
       </c>
       <c r="F41" t="s">
         <v>150</v>
       </c>
       <c r="G41" t="s">
         <v>114</v>
       </c>
       <c r="H41" t="s">
         <v>151</v>
       </c>
       <c r="I41" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="42" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:41" x14ac:dyDescent="0.3">
       <c r="A42" t="s">
         <v>70</v>
       </c>
       <c r="B42" s="22" t="s">
         <v>170</v>
       </c>
       <c r="C42" s="22">
         <v>45</v>
       </c>
       <c r="D42" t="s">
         <v>237</v>
       </c>
       <c r="E42" t="s">
         <v>149</v>
       </c>
       <c r="F42" t="s">
         <v>150</v>
       </c>
       <c r="G42" t="s">
         <v>114</v>
       </c>
       <c r="H42" t="s">
         <v>151</v>
       </c>
       <c r="I42" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="43" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:41" x14ac:dyDescent="0.3">
       <c r="A43" t="s">
         <v>72</v>
       </c>
       <c r="B43" s="22" t="s">
         <v>171</v>
       </c>
       <c r="C43" s="22">
         <v>45</v>
       </c>
       <c r="D43" t="s">
         <v>237</v>
       </c>
       <c r="E43" t="s">
         <v>149</v>
       </c>
       <c r="F43" t="s">
         <v>150</v>
       </c>
       <c r="G43" t="s">
         <v>114</v>
       </c>
       <c r="H43" t="s">
         <v>151</v>
       </c>
       <c r="I43" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="44" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:41" x14ac:dyDescent="0.3">
       <c r="A44" t="s">
         <v>74</v>
       </c>
       <c r="B44" s="22" t="s">
         <v>172</v>
       </c>
       <c r="C44" s="22">
         <v>45</v>
       </c>
       <c r="D44" t="s">
         <v>237</v>
       </c>
       <c r="E44" t="s">
         <v>149</v>
       </c>
       <c r="F44" t="s">
         <v>150</v>
       </c>
       <c r="G44" t="s">
         <v>114</v>
       </c>
       <c r="H44" t="s">
         <v>151</v>
       </c>
       <c r="I44" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="45" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:41" x14ac:dyDescent="0.3">
       <c r="A45" t="s">
         <v>76</v>
       </c>
       <c r="B45" s="22" t="s">
         <v>173</v>
       </c>
       <c r="C45" s="22">
         <v>40</v>
       </c>
       <c r="D45" t="s">
         <v>238</v>
       </c>
       <c r="E45" t="s">
         <v>149</v>
       </c>
       <c r="F45" t="s">
         <v>150</v>
       </c>
       <c r="G45" t="s">
         <v>114</v>
       </c>
       <c r="H45" t="s">
         <v>151</v>
       </c>
       <c r="I45" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="46" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:41" x14ac:dyDescent="0.3">
       <c r="A46" t="s">
         <v>78</v>
       </c>
       <c r="B46" s="22" t="s">
         <v>174</v>
       </c>
       <c r="C46" s="22">
         <v>54</v>
       </c>
       <c r="D46" t="s">
         <v>236</v>
       </c>
       <c r="E46" t="s">
         <v>149</v>
       </c>
       <c r="F46" t="s">
         <v>150</v>
       </c>
       <c r="G46" t="s">
         <v>114</v>
       </c>
       <c r="H46" t="s">
         <v>151</v>
       </c>
       <c r="I46" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="47" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:41" x14ac:dyDescent="0.3">
       <c r="A47" s="21" t="s">
         <v>79</v>
       </c>
       <c r="B47" s="16" t="s">
         <v>175</v>
       </c>
       <c r="C47" s="22">
         <v>46</v>
       </c>
       <c r="D47" t="s">
         <v>239</v>
       </c>
       <c r="E47" s="23" t="s">
         <v>110</v>
       </c>
       <c r="F47" s="23"/>
       <c r="G47" s="23" t="s">
         <v>110</v>
       </c>
       <c r="H47" t="s">
         <v>176</v>
       </c>
     </row>
-    <row r="48" spans="1:41" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:41" x14ac:dyDescent="0.3">
       <c r="A48" s="24" t="s">
         <v>86</v>
       </c>
       <c r="B48" s="16" t="s">
         <v>177</v>
       </c>
       <c r="C48" s="22">
         <v>45</v>
       </c>
       <c r="D48" t="s">
         <v>237</v>
       </c>
       <c r="E48" t="s">
         <v>144</v>
       </c>
       <c r="G48" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="49" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A49" s="24" t="s">
         <v>87</v>
       </c>
       <c r="B49" s="16" t="s">
         <v>178</v>
       </c>
       <c r="C49" s="22">
         <v>45</v>
       </c>
       <c r="D49" t="s">
         <v>237</v>
       </c>
       <c r="E49" t="s">
         <v>135</v>
       </c>
       <c r="G49" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="50" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A50" s="24" t="s">
         <v>88</v>
       </c>
       <c r="B50" s="16" t="s">
         <v>179</v>
       </c>
       <c r="C50" s="22">
         <v>45</v>
       </c>
       <c r="D50" t="s">
         <v>237</v>
       </c>
       <c r="E50" t="s">
         <v>135</v>
       </c>
       <c r="G50" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="51" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A51" s="24" t="s">
         <v>91</v>
       </c>
       <c r="B51" s="22" t="s">
         <v>180</v>
       </c>
       <c r="C51" s="22">
         <v>43</v>
       </c>
       <c r="D51" t="s">
         <v>240</v>
       </c>
       <c r="E51" t="s">
         <v>113</v>
       </c>
       <c r="G51" t="s">
         <v>181</v>
       </c>
     </row>
-    <row r="52" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A52" s="21" t="s">
         <v>89</v>
       </c>
       <c r="B52" s="16" t="s">
         <v>182</v>
       </c>
       <c r="C52" s="22">
         <v>44</v>
       </c>
       <c r="D52" t="s">
         <v>233</v>
       </c>
       <c r="E52" t="s">
         <v>144</v>
       </c>
       <c r="G52" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="53" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A53" s="21" t="s">
         <v>90</v>
       </c>
       <c r="B53" s="16" t="s">
         <v>183</v>
       </c>
       <c r="C53" s="22">
         <v>44</v>
       </c>
       <c r="D53" t="s">
         <v>233</v>
       </c>
       <c r="E53" t="s">
         <v>144</v>
       </c>
       <c r="G53" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="54" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A54" s="22" t="s">
         <v>184</v>
       </c>
       <c r="B54" s="22" t="s">
         <v>185</v>
       </c>
       <c r="C54" s="25">
         <v>47</v>
       </c>
       <c r="D54" t="s">
         <v>185</v>
       </c>
       <c r="E54" t="s">
         <v>144</v>
       </c>
       <c r="G54" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="55" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A55" s="22" t="s">
         <v>187</v>
       </c>
       <c r="B55" s="22" t="s">
         <v>188</v>
       </c>
       <c r="C55" s="25">
         <v>47</v>
       </c>
       <c r="D55" t="s">
         <v>185</v>
       </c>
       <c r="E55" s="22" t="s">
         <v>189</v>
       </c>
       <c r="F55" s="22"/>
       <c r="G55" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="56" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A56" s="22" t="s">
         <v>190</v>
       </c>
       <c r="B56" s="22" t="s">
         <v>191</v>
       </c>
       <c r="C56" s="25">
         <v>47</v>
       </c>
       <c r="D56" t="s">
         <v>185</v>
       </c>
       <c r="E56" t="s">
         <v>144</v>
       </c>
       <c r="G56" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="57" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A57" s="22" t="s">
         <v>192</v>
       </c>
       <c r="B57" s="22" t="s">
         <v>193</v>
       </c>
       <c r="C57" s="25">
         <v>47</v>
       </c>
       <c r="D57" t="s">
         <v>185</v>
       </c>
       <c r="E57" t="s">
         <v>144</v>
       </c>
       <c r="G57" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="58" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A58" s="22" t="s">
         <v>194</v>
       </c>
       <c r="B58" s="22" t="s">
         <v>195</v>
       </c>
       <c r="C58" s="25">
         <v>47</v>
       </c>
       <c r="D58" t="s">
         <v>185</v>
       </c>
       <c r="E58" t="s">
         <v>144</v>
       </c>
       <c r="G58" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="59" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A59" s="22" t="s">
         <v>196</v>
       </c>
       <c r="B59" s="22" t="s">
         <v>197</v>
       </c>
       <c r="C59" s="25">
         <v>47</v>
       </c>
       <c r="D59" t="s">
         <v>185</v>
       </c>
       <c r="E59" t="s">
         <v>144</v>
       </c>
       <c r="G59" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="60" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A60" s="22" t="s">
         <v>198</v>
       </c>
       <c r="B60" s="22" t="s">
         <v>199</v>
       </c>
       <c r="C60" s="25">
         <v>47</v>
       </c>
       <c r="D60" t="s">
         <v>185</v>
       </c>
       <c r="E60" t="s">
         <v>144</v>
       </c>
       <c r="G60" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="61" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A61" t="s">
         <v>200</v>
       </c>
       <c r="B61" t="s">
         <v>201</v>
       </c>
       <c r="C61" s="25">
         <v>47</v>
       </c>
       <c r="D61" t="s">
         <v>185</v>
       </c>
       <c r="E61" t="s">
         <v>144</v>
       </c>
       <c r="G61" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="62" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A62" t="s">
         <v>202</v>
       </c>
       <c r="B62" t="s">
         <v>203</v>
       </c>
       <c r="C62" s="25">
         <v>48</v>
       </c>
       <c r="D62" t="s">
         <v>241</v>
       </c>
       <c r="E62" t="s">
         <v>144</v>
       </c>
       <c r="G62" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="63" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A63" t="s">
         <v>204</v>
       </c>
       <c r="B63" t="s">
         <v>205</v>
       </c>
       <c r="C63" s="25">
         <v>48</v>
       </c>
       <c r="D63" t="s">
         <v>241</v>
       </c>
       <c r="E63" t="s">
         <v>144</v>
       </c>
       <c r="G63" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="64" spans="1:7" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A64" t="s">
         <v>206</v>
       </c>
       <c r="B64" t="s">
         <v>207</v>
       </c>
       <c r="C64" s="25">
         <v>48</v>
       </c>
       <c r="D64" t="s">
         <v>241</v>
       </c>
       <c r="E64" t="s">
         <v>144</v>
       </c>
       <c r="G64" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="65" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A65" t="s">
         <v>208</v>
       </c>
       <c r="B65" t="s">
         <v>209</v>
       </c>
       <c r="C65" s="25">
         <v>48</v>
       </c>
       <c r="D65" t="s">
         <v>241</v>
       </c>
       <c r="E65" t="s">
         <v>144</v>
       </c>
       <c r="G65" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="66" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A66" t="s">
         <v>210</v>
       </c>
       <c r="B66" t="s">
         <v>211</v>
       </c>
       <c r="C66" s="25">
         <v>48</v>
       </c>
       <c r="D66" t="s">
         <v>241</v>
       </c>
       <c r="E66" t="s">
         <v>144</v>
       </c>
       <c r="G66" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="67" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A67" t="s">
         <v>212</v>
       </c>
       <c r="B67" t="s">
         <v>213</v>
       </c>
       <c r="C67" s="25">
         <v>48</v>
       </c>
       <c r="D67" t="s">
         <v>241</v>
       </c>
       <c r="E67" t="s">
         <v>144</v>
       </c>
       <c r="G67" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A68" t="s">
         <v>214</v>
       </c>
       <c r="B68" t="s">
         <v>215</v>
       </c>
       <c r="C68" s="25">
         <v>48</v>
       </c>
       <c r="D68" t="s">
         <v>241</v>
       </c>
       <c r="E68" t="s">
         <v>144</v>
       </c>
       <c r="G68" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A69" t="s">
         <v>216</v>
       </c>
       <c r="B69" t="s">
         <v>217</v>
       </c>
       <c r="C69" s="25">
         <v>48</v>
       </c>
       <c r="D69" t="s">
         <v>241</v>
       </c>
       <c r="E69" t="s">
         <v>144</v>
       </c>
       <c r="G69" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A70" t="s">
         <v>218</v>
       </c>
       <c r="B70" t="s">
         <v>201</v>
       </c>
       <c r="C70" s="25">
         <v>48</v>
       </c>
       <c r="D70" t="s">
         <v>241</v>
       </c>
       <c r="E70" t="s">
         <v>144</v>
       </c>
       <c r="G70" s="22" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="71" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A71" t="s">
         <v>219</v>
       </c>
       <c r="B71" t="s">
         <v>220</v>
       </c>
       <c r="C71" s="25">
         <v>49</v>
       </c>
       <c r="D71" t="s">
         <v>242</v>
       </c>
       <c r="E71" s="22" t="s">
         <v>189</v>
       </c>
       <c r="F71" s="22"/>
       <c r="G71" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="72" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A72" t="s">
         <v>80</v>
       </c>
       <c r="B72" t="s">
         <v>221</v>
       </c>
       <c r="C72" s="25">
         <v>53</v>
       </c>
       <c r="D72" t="s">
         <v>243</v>
       </c>
       <c r="E72" t="s">
         <v>144</v>
       </c>
       <c r="G72" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A73" t="s">
         <v>81</v>
       </c>
       <c r="B73" t="s">
         <v>222</v>
       </c>
       <c r="C73" s="25">
         <v>53</v>
       </c>
       <c r="D73" t="s">
         <v>243</v>
       </c>
       <c r="E73" t="s">
         <v>144</v>
       </c>
       <c r="G73" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="74" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A74" t="s">
         <v>82</v>
       </c>
       <c r="B74" t="s">
         <v>223</v>
       </c>
       <c r="C74" s="25">
         <v>53</v>
       </c>
       <c r="D74" t="s">
         <v>243</v>
       </c>
       <c r="E74" t="s">
         <v>144</v>
       </c>
       <c r="G74" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="75" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A75" t="s">
         <v>83</v>
       </c>
       <c r="B75" t="s">
         <v>224</v>
       </c>
       <c r="C75" s="25">
         <v>53</v>
       </c>
       <c r="D75" t="s">
         <v>243</v>
       </c>
       <c r="E75" t="s">
         <v>144</v>
       </c>
       <c r="G75" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="76" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A76" t="s">
         <v>84</v>
       </c>
       <c r="B76" t="s">
         <v>225</v>
       </c>
       <c r="C76" s="25">
         <v>53</v>
       </c>
       <c r="D76" t="s">
         <v>243</v>
       </c>
       <c r="E76" t="s">
         <v>144</v>
       </c>
       <c r="G76" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="77" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A77" t="s">
         <v>85</v>
       </c>
       <c r="B77" t="s">
         <v>226</v>
       </c>
       <c r="C77" s="25">
         <v>53</v>
       </c>
       <c r="D77" t="s">
         <v>243</v>
       </c>
       <c r="E77" t="s">
         <v>144</v>
       </c>
       <c r="G77" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="78" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A78" s="26" t="s">
         <v>227</v>
       </c>
       <c r="B78" s="27" t="s">
         <v>228</v>
       </c>
       <c r="C78" s="28">
         <v>42</v>
       </c>
       <c r="D78" s="26" t="s">
         <v>235</v>
       </c>
       <c r="E78" s="26" t="s">
         <v>113</v>
       </c>
       <c r="F78" s="26"/>
       <c r="G78" s="26" t="s">
         <v>114</v>
       </c>
       <c r="H78" s="26"/>
       <c r="I78" s="26"/>
     </row>
-    <row r="79" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A79" s="26" t="s">
         <v>229</v>
       </c>
       <c r="B79" s="27" t="s">
         <v>230</v>
       </c>
       <c r="C79" s="28">
         <v>42</v>
       </c>
       <c r="D79" s="26" t="s">
         <v>235</v>
       </c>
       <c r="E79" s="26" t="s">
         <v>113</v>
       </c>
       <c r="F79" s="26"/>
       <c r="G79" s="26" t="s">
         <v>114</v>
       </c>
       <c r="H79" s="26"/>
       <c r="I79" s="26"/>
     </row>
-    <row r="80" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:9" x14ac:dyDescent="0.3">
       <c r="A80" t="s">
         <v>94</v>
       </c>
       <c r="B80" t="s">
         <v>33</v>
       </c>
       <c r="C80" s="25">
         <v>55</v>
       </c>
     </row>
-    <row r="81" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A81" t="s">
         <v>259</v>
       </c>
       <c r="B81" t="s">
         <v>269</v>
       </c>
     </row>
-    <row r="82" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A82" t="s">
         <v>261</v>
       </c>
       <c r="B82" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="83" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A83" t="s">
         <v>262</v>
       </c>
       <c r="B83" t="s">
         <v>270</v>
       </c>
     </row>
-    <row r="84" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A84" t="s">
         <v>263</v>
       </c>
       <c r="B84" t="s">
         <v>271</v>
       </c>
     </row>
-    <row r="85" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A85" t="s">
         <v>264</v>
       </c>
       <c r="B85" t="s">
         <v>273</v>
       </c>
     </row>
-    <row r="86" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A86" t="s">
         <v>265</v>
       </c>
       <c r="B86" t="s">
         <v>274</v>
       </c>
     </row>
-    <row r="87" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A87" t="s">
         <v>266</v>
       </c>
       <c r="B87" t="s">
         <v>275</v>
       </c>
     </row>
-    <row r="88" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A88" t="s">
         <v>267</v>
       </c>
       <c r="B88" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="89" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A89" t="s">
         <v>268</v>
       </c>
       <c r="B89" t="s">
         <v>277</v>
       </c>
     </row>
-    <row r="90" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A90" t="s">
         <v>280</v>
       </c>
       <c r="B90" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="91" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A91" t="s">
         <v>281</v>
       </c>
       <c r="B91" t="s">
         <v>279</v>
       </c>
     </row>
-    <row r="92" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A92" t="s">
         <v>286</v>
       </c>
       <c r="B92" t="s">
         <v>282</v>
       </c>
     </row>
-    <row r="93" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A93" t="s">
         <v>287</v>
       </c>
       <c r="B93" t="s">
         <v>283</v>
       </c>
     </row>
-    <row r="94" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A94" t="s">
         <v>288</v>
       </c>
       <c r="B94" t="s">
         <v>284</v>
       </c>
     </row>
-    <row r="95" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A95" t="s">
         <v>289</v>
       </c>
       <c r="B95" t="s">
         <v>285</v>
       </c>
     </row>
-    <row r="96" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A96" t="s">
         <v>292</v>
       </c>
       <c r="B96" t="s">
         <v>290</v>
       </c>
     </row>
-    <row r="97" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A97" t="s">
         <v>293</v>
       </c>
       <c r="B97" t="s">
         <v>291</v>
       </c>
     </row>
-    <row r="98" spans="1:2" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A98" t="s">
         <v>257</v>
       </c>
       <c r="B98" t="s">
         <v>256</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="4HI/2+y9EOXF+uEDSQkh741IcNp3vGKlW9+PRXFVMrsjkZ4fbJbHAEq6HkNH3IEL4pnLMjuFDxN8FQk5lschmg==" saltValue="wu4PGH/PTvSIavEjpMdFjg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="10">
     <mergeCell ref="AB27:AL27"/>
     <mergeCell ref="AN27:AQ27"/>
     <mergeCell ref="R15:T15"/>
     <mergeCell ref="U15:X15"/>
     <mergeCell ref="Y15:AA15"/>
     <mergeCell ref="AB15:AL15"/>
     <mergeCell ref="AN15:AQ15"/>
     <mergeCell ref="R27:T27"/>
     <mergeCell ref="U27:X27"/>
     <mergeCell ref="Y27:AA27"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>